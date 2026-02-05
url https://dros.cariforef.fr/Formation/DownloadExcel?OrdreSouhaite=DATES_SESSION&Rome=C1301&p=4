--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -266,54 +266,54 @@
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert des marchés financiers BC01 Structurer une solution économique dédiée aux marchés financiers</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découverte de la cryptomonnaie</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Produit financier</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert des marchés financiers blocs de compétences BC01 - BC02 - BC03 - BC04 - BC05</x:t>
   </x:si>
@@ -1403,139 +1403,139 @@
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>591192</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>573233</x:v>
+        <x:v>616888</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>616888</x:v>
+        <x:v>573233</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>69</x:v>
@@ -1748,123 +1748,123 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>537655</x:v>
+        <x:v>537656</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>537656</x:v>
+        <x:v>537655</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
@@ -2278,427 +2278,427 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>585421</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>588028</x:v>
+        <x:v>610183</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>585409</x:v>
+        <x:v>588028</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>585441</x:v>
+        <x:v>585409</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>573235</x:v>
+        <x:v>585441</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>591109</x:v>
+        <x:v>573235</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>585428</x:v>
+        <x:v>591109</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>610183</x:v>
+        <x:v>585428</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3556,154 +3556,154 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>591111</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>573237</x:v>
+        <x:v>588030</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>588030</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -3721,154 +3721,154 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>591112</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610187</x:v>
+        <x:v>598471</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>598471</x:v>
+        <x:v>610187</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -4355,126 +4355,126 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>610190</x:v>
+        <x:v>610180</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>610180</x:v>
+        <x:v>610190</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>45</x:v>
       </x:c>