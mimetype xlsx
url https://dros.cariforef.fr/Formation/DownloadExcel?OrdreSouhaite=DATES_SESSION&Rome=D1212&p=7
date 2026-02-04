--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -350,59 +350,59 @@
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
@@ -452,143 +452,143 @@
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
-[...11 lines deleted...]
-    <x:t>10/30/2026 00:00:00</x:t>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
-    <x:t>Solutys - Campus Privé</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cfa Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre Professionnel Conseiller de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
-    <x:t>Cfa Marseille</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente spécialisation pharmacie (Apprentissage)</x:t>
@@ -695,60 +695,60 @@
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Vip and Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Irc Sud</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
@@ -2234,157 +2234,157 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>588060</x:v>
+        <x:v>572188</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>572188</x:v>
+        <x:v>588060</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3161,499 +3161,497 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36865</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s"/>
+      <x:c r="H30" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>587435</x:v>
+        <x:v>548566</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36865</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="H31" s="0" t="s">
+      <x:c r="I31" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>548566</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>557877</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>555070</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>557877</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>557876</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>564808</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3682,159 +3680,160 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>546278</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>37098</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="G39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="R39" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>524651</x:v>
+        <x:v>566635</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>566635</x:v>
+        <x:v>524651</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -3930,201 +3929,200 @@
       <x:c r="T42" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>569971</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>552000</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4204,88 +4202,88 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>545318</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>566747</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
@@ -4608,160 +4606,159 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>599157</x:v>
+        <x:v>602819</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>602819</x:v>
+        <x:v>599157</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -5526,54 +5523,54 @@
       <x:c r="I70" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>612364</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -5708,159 +5705,160 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>614298</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>603803</x:v>
+        <x:v>598763</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>598763</x:v>
+        <x:v>603803</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>80</x:v>
@@ -5996,97 +5994,97 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>570743</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -6132,51 +6130,51 @@
       <x:c r="U80" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -6336,51 +6334,51 @@
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6413,332 +6411,332 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>608489</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>36865</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>602345</x:v>
+        <x:v>605457</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605613</x:v>
+        <x:v>608490</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36865</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>209</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>269</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605457</x:v>
+        <x:v>602345</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>608490</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>604279</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
@@ -6845,81 +6843,81 @@
       <x:c r="S92" s="14" t="n">
         <x:v>603092</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>605456</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7172,108 +7170,108 @@
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>601041</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
@@ -7296,97 +7294,97 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>600046</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>591823</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>