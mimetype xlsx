--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -989,69 +989,69 @@
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien d'études du bâtiment option A études et économie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
@@ -4837,153 +4837,153 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>585753</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>554248</x:v>
+        <x:v>554251</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38653</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>554251</x:v>
+        <x:v>554248</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>72</x:v>
@@ -5422,150 +5422,150 @@
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>540167</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>34660</x:v>
+        <x:v>39519</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>539578</x:v>
+        <x:v>585756</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39519</x:v>
+        <x:v>34660</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>585756</x:v>
+        <x:v>539578</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
@@ -7088,243 +7088,244 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>600468</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>600469</x:v>
+        <x:v>533790</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22223</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>600742</x:v>
+        <x:v>600469</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>600743</x:v>
+        <x:v>600742</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>257</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>533790</x:v>
+        <x:v>600743</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>150</x:v>
@@ -9066,402 +9067,402 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>578369</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597131</x:v>
+        <x:v>605830</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37292</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>604046</x:v>
+        <x:v>605832</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>605830</x:v>
+        <x:v>597131</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>605832</x:v>
+        <x:v>605831</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>39408</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>605831</x:v>
+        <x:v>616059</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>39408</x:v>
+        <x:v>37292</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>616059</x:v>
+        <x:v>604046</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
@@ -9473,276 +9474,276 @@
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>605498</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>595609</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>595894</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>595895</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>595896</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37292</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -9755,111 +9756,111 @@
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>609532</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>615903</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -9872,51 +9873,51 @@
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>605833</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>73</x:v>
@@ -9933,441 +9934,441 @@
       <x:c r="L146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>605834</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40412</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>12512</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>595317</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>595611</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>595614</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>595615</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>595897</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>595899</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>595612</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>74</x:v>
@@ -10381,51 +10382,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>605837</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>41382</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10438,276 +10439,276 @@
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>605500</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>595898</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>595613</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>595893</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597130</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>199</x:v>
@@ -10721,108 +10722,108 @@
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>595610</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39408</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">