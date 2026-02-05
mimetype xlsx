--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -200,74 +200,74 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture bâtiment</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2023 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>BP peintre applicateur de revêtements (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
@@ -500,200 +500,200 @@
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Formatsud Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B1-B1V-B2V-BR-BC-BE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soginov</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brink's Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
+  </x:si>
+  <x:si>
     <x:t>5. Habilitation électrique : Personnel électricien B1V-B2V-BR-BC</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...20 lines deleted...]
-    <x:t>Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
+    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension, Habilitation électrique B2V chargé de travaux électriques au voisinage, basse tension, Habilitation électrique BC chargé de consignation, basse tension, Habilitation é</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olivier Dupeyre Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V - B2V - H1V - H2V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V - B2V - BC - BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitations électriques - Recyclage</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>Habilitations électriques H0v - B1v -B2v -BR - BC</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension - Recyclage</x:t>
   </x:si>
   <x:si>
-    <x:t>Olivier Dupeyre Formation</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques H0v -B1v - B2v - BR - BC - recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V  - B2V - H1V - H2V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B0 - B1V - B2V - B2V (essai)</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour le Développement et l’Insertion professionnelle par la Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADIF</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
@@ -725,93 +725,93 @@
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>bac pro aménagement et finition du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maçonnerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>LP Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
@@ -1476,51 +1476,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>455023</x:v>
+        <x:v>455021</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>35</x:v>
@@ -1537,51 +1537,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>455021</x:v>
+        <x:v>455023</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1828,57 +1828,57 @@
       <x:c r="H9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>498619</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -2129,57 +2129,57 @@
       <x:c r="H14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>498611</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -2853,153 +2853,153 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>503341</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>503296</x:v>
+        <x:v>503680</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>503680</x:v>
+        <x:v>503296</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>105</x:v>
@@ -3089,87 +3089,87 @@
       <x:c r="R30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>569189</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>552667</x:v>
+        <x:v>565100</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>81</x:v>
@@ -3252,340 +3252,339 @@
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>548317</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>565100</x:v>
+        <x:v>548287</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>548832</x:v>
+        <x:v>548339</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>548287</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>548339</x:v>
+        <x:v>552667</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>548340</x:v>
+        <x:v>548832</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3821,57 +3820,57 @@
       <x:c r="H43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>548830</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -4408,57 +4407,57 @@
       <x:c r="H53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>548833</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -5157,347 +5156,347 @@
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>615138</x:v>
+        <x:v>610877</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>609987</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>610878</x:v>
+        <x:v>609296</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>609296</x:v>
+        <x:v>615138</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>609984</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>610931</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>105</x:v>
@@ -5508,870 +5507,869 @@
       <x:c r="L72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>614244</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>610877</x:v>
+        <x:v>606814</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>166</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>606814</x:v>
+        <x:v>590242</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>609350</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>609990</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>606213</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>600025</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>611924</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="R80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>599744</x:v>
+        <x:v>610878</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="I81" s="4" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
+      <x:c r="R81" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="S81" s="0" t="n">
+        <x:v>599744</x:v>
+      </x:c>
+      <x:c r="T81" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>610881</x:v>
+        <x:v>590243</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>606812</x:v>
+        <x:v>600016</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>600016</x:v>
+        <x:v>610881</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>183</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>599746</x:v>
+        <x:v>606812</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>188</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>609981</x:v>
+        <x:v>599746</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>590242</x:v>
+        <x:v>609981</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -6395,51 +6393,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>615099</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
@@ -6612,51 +6610,51 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>597970</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
@@ -6722,1303 +6720,1299 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>597971</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38229</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>597547</x:v>
+        <x:v>592933</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38229</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>592933</x:v>
+        <x:v>603262</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>603262</x:v>
+        <x:v>597544</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38229</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s"/>
+      <x:c r="E98" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>592934</x:v>
+        <x:v>604009</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>603293</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>604763</x:v>
+        <x:v>603175</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>604009</x:v>
+        <x:v>603186</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>604010</x:v>
+        <x:v>611538</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38229</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>603175</x:v>
+        <x:v>592931</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>603186</x:v>
+        <x:v>597547</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38229</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>597544</x:v>
+        <x:v>592934</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>611538</x:v>
+        <x:v>603293</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38229</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>592931</x:v>
+        <x:v>604763</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38229</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>600513</x:v>
+        <x:v>592929</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>592929</x:v>
+        <x:v>592932</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38229</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s"/>
+      <x:c r="E110" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>592932</x:v>
+        <x:v>600513</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
-      <x:c r="E111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>604713</x:v>
+        <x:v>597546</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>597548</x:v>
+        <x:v>604713</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>604764</x:v>
+        <x:v>597548</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>603174</x:v>
+        <x:v>604764</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>604033</x:v>
+        <x:v>603174</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>597546</x:v>
+        <x:v>604033</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8045,91 +8039,91 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>603390</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>592930</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8521,82 +8515,82 @@
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>604249</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>597545</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8664,57 +8658,57 @@
       <x:c r="H128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>609385</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8866,136 +8860,136 @@
         <x:v>597972</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>616795</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>608979</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>