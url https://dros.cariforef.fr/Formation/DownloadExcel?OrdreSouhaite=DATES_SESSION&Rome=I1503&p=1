--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -287,162 +287,162 @@
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la radioprotection et de la sécurité nucléaire parcours contrôle des rayonnements ionisants et application des techniques de protection</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Radioprotection</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique BF-HF</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Risque industriel</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
   </x:si>
   <x:si>
     <x:t>Atout Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
   </x:si>
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphère explosive ATEX 0 + intervenants Espaces Confinés (ECI) - Vigie Espaces Confinés (ECV) + travail en hauteur + HOBO</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité industrie pétrochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Réception échafaudage</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + H0B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement Inter Entreprise de Sécurité (GIES 1) + Réception échafaudage + ATEX 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espaces confinés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + GTIS + ARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATEX 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité industrie chimique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + travaux en hauteur+ Groupement inter entreprises de sécurité (GTIS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement Inter Entreprise de Sécurité (GIES 1) + Appareil Respiratoire Isolant (ARI) + ATEX 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1 ) + atex 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES 1 + 2) + atex 0</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement Inter Entreprise de Sécurité (GIES 1) + Réception échafaudage + ATEX 0</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Atmosphère explosive niveau 0 - ATEX 0</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Groupement inter entreprises de sécurité (GIES 1 + 2) + atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + ARI + GTIS + ECI-ECV + travaux en hauteur</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + atex 0 + travaux en hauteur + ari</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphère explosive niveau 0 - ATEX 0 + Appareil Respiratoire Isolant (ARI)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1)  + Groupement Inter Entreprise de Sécurité (GIES 2) + Espaces confinés (ECI ECV) +  Groupement Technique Inter Sociétés (GTIS) - Niveau 1 + Habilitation électrique 1.2 BR BC +  Travaux hauteur +  ATEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>ATEX 1 électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + Groupement Technique Inter Sociétés (GTIS) + atex 0</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 1) + ATEX 0 + ARI + travaux en hauteur + Groupement Technique Inter Sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement inter entreprises de sécurité (GIES 2)</x:t>
   </x:si>
@@ -1665,150 +1665,150 @@
         <x:v>575990</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S8" s="14" t="n">
+        <x:v>551861</x:v>
+      </x:c>
+      <x:c r="T8" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q8" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>551861</x:v>
+        <x:v>549871</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
@@ -1997,72 +1997,72 @@
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>42884</x:v>
+        <x:v>11559</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>555998</x:v>
+        <x:v>556011</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
@@ -2489,296 +2489,296 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>612983</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11559</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>556011</x:v>
+        <x:v>612950</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11567</x:v>
+        <x:v>11559</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>555984</x:v>
+        <x:v>612964</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598169</x:v>
+        <x:v>555998</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11559</x:v>
+        <x:v>11567</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>612950</x:v>
+        <x:v>555984</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>11559</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>612964</x:v>
+        <x:v>598169</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>