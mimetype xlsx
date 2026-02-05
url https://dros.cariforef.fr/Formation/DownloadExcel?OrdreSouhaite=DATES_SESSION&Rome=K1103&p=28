--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1742,74 +1742,74 @@
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Méthode Pilates Matwork continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leaderfit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Femme</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTES</x:t>
   </x:si>
   <x:si>
-    <x:t>10/10/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Elise Maes - Elise Le Goff</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Femme , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
   </x:si>
   <x:si>
     <x:t>La relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
@@ -2036,54 +2036,54 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alimentation, perte de poids : troubles du comportement alimentaire et accompagnement par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Metathesis Psynaps</x:t>
   </x:si>
   <x:si>
     <x:t>69100</x:t>
   </x:si>
   <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
+    <x:t>Fleurs de Bach</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professeur de Yoga bloc 1</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
@@ -16575,145 +16575,145 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>566786</x:v>
+        <x:v>566490</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>566490</x:v>
+        <x:v>566786</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
@@ -17546,145 +17546,145 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>542237</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>587879</x:v>
+        <x:v>588091</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="Q274" s="16" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="R274" s="14" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="S274" s="14" t="n">
+        <x:v>587879</x:v>
+      </x:c>
+      <x:c r="T274" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="Q274" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>54</x:v>
@@ -19965,807 +19965,806 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>598396</x:v>
+        <x:v>598463</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>598455</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>598462</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>598469</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>598480</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>598453</x:v>
+        <x:v>598462</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>598460</x:v>
+        <x:v>598469</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>598463</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>598466</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>391</x:v>
-[...2 lines deleted...]
-        <x:v>392</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>602685</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>598474</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>598475</x:v>
+        <x:v>587863</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>649</x:v>
-[...1 lines deleted...]
-      <x:c r="H334" s="14" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s">
+        <x:v>392</x:v>
+      </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>587863</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
@@ -21294,51 +21293,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -22116,51 +22115,51 @@
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>583216</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
@@ -25667,145 +25666,145 @@
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>615125</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>616441</x:v>
+        <x:v>587880</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>587880</x:v>
+        <x:v>616441</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
@@ -28512,72 +28511,72 @@
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>587881</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>324</x:v>
@@ -28614,72 +28613,72 @@
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>587882</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>580</x:v>