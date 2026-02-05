--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -653,131 +653,131 @@
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
+    <x:t>Formations Compétences et Perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CASTELLET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sondage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
   </x:si>
   <x:si>
-    <x:t>Formations Compétences et Perfectionnement</x:t>
-[...11 lines deleted...]
-    <x:t>03/06/2026 00:00:00</x:t>
+    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optim'hum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
@@ -1205,59 +1205,59 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Samantha Boettcher - Asb Compétences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Samantha Boettcher - Asb Compétences</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 2 : ""Accompagner les personnes dans leur parcours d'insertion sociale et professionnelle"" - Titre professionnel Conseiller en Insertion Professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur d'adultes (DUFA)</x:t>
   </x:si>
   <x:si>
     <x:t>Conception action formation</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
@@ -1319,219 +1319,219 @@
   <x:si>
     <x:t>64600</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Innovation pour l'Emploi et le Reclassement Social</x:t>
   </x:si>
   <x:si>
     <x:t>CIERES</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement à la (ré)orientation scolaire et professionnelle post bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ideallis - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...95 lines deleted...]
-    <x:t>02/18/2027 00:00:00</x:t>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant en recrutement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Cours Messidoro - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail temporaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>chargé de recrutement et conseils en ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSEEC</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention études culturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
@@ -3765,157 +3765,154 @@
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>540563</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-        <x:v>135</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>571453</x:v>
+        <x:v>572700</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
-      <x:c r="F30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F30" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G30" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>572700</x:v>
+        <x:v>571453</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -4117,216 +4114,216 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>559653</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>567468</x:v>
+        <x:v>559809</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>567667</x:v>
+        <x:v>567468</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>559809</x:v>
+        <x:v>567667</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -4628,790 +4625,789 @@
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>586481</x:v>
+        <x:v>535934</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>545497</x:v>
+        <x:v>586481</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>572321</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>554917</x:v>
+        <x:v>545497</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575734</x:v>
+        <x:v>572321</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38990</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>14461</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575695</x:v>
+        <x:v>575734</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>535934</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>588004</x:v>
+        <x:v>554872</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575974</x:v>
+        <x:v>575550</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>554872</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="Q54" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>575550</x:v>
+        <x:v>576404</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>588004</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>218</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576404</x:v>
+        <x:v>575974</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -5443,55 +5439,55 @@
         <x:v>567433</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
@@ -5893,51 +5889,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
@@ -5999,66 +5995,66 @@
       <x:c r="H67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>62</x:v>
@@ -6183,51 +6179,51 @@
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -6496,148 +6492,147 @@
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>577327</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>569943</x:v>
+        <x:v>574971</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-        <x:v>262</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>574971</x:v>
+        <x:v>569943</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -6957,88 +6952,88 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>540425</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>587701</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>277</x:v>
@@ -7644,129 +7639,129 @@
       <x:c r="T95" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>590073</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>587708</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
@@ -7801,205 +7796,206 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>552777</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>597780</x:v>
+        <x:v>602494</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>552749</x:v>
+        <x:v>597780</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="C101" s="3" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="n">
+        <x:v>37274</x:v>
+      </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>44595</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>602494</x:v>
+        <x:v>552749</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
@@ -8181,88 +8177,88 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>573296</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>598520</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -8349,85 +8345,85 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>583267</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>598521</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37504</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
@@ -8470,75 +8466,75 @@
       <x:c r="S110" s="14" t="n">
         <x:v>578322</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>598302</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
@@ -8573,142 +8569,142 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>573297</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>599356</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>598522</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8800,85 +8796,85 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>598432</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>587709</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
@@ -8970,165 +8966,163 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>573839</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
-      <x:c r="F120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F120" s="14" t="s">
+        <x:v>339</x:v>
+      </x:c>
       <x:c r="G120" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>573841</x:v>
+        <x:v>583887</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
-      <x:c r="E121" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>583887</x:v>
+        <x:v>573841</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9562,88 +9556,88 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>579506</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>598523</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -10187,191 +10181,191 @@
       <x:c r="S140" s="14" t="n">
         <x:v>608947</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>601517</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>601519</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>611427</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
@@ -10449,211 +10443,211 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>613773</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598547</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>598714</x:v>
+        <x:v>613979</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>613979</x:v>
+        <x:v>598714</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -10671,164 +10665,165 @@
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>576026</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>566847</x:v>
+        <x:v>576007</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576007</x:v>
+        <x:v>566847</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -10849,85 +10844,85 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>585533</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>611421</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
@@ -11076,201 +11071,200 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>616370</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>42</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>611429</x:v>
+        <x:v>615000</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>37274</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>380</x:v>
-[...1 lines deleted...]
-      <x:c r="J158" s="14" t="s"/>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="J158" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>44595</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="R158" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="S158" s="14" t="n">
+        <x:v>611429</x:v>
+      </x:c>
+      <x:c r="T158" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="R158" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>611416</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
@@ -11447,51 +11441,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>598441</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11521,142 +11515,142 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>609480</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>611419</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>611426</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
@@ -11748,196 +11742,196 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>599907</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611424</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>617016</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>611430</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
@@ -11976,85 +11970,85 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>612370</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>617017</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
@@ -12198,276 +12192,279 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>603426</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>583266</x:v>
+        <x:v>575503</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>575503</x:v>
+        <x:v>583266</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>575421</x:v>
+        <x:v>583888</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
+      <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>583888</x:v>
+        <x:v>575421</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -12488,88 +12485,88 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>600047</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>611418</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>404</x:v>
@@ -12647,85 +12644,85 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>612443</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>611422</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
@@ -12757,2447 +12754,2445 @@
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>615077</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>601467</x:v>
+        <x:v>566753</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="U187" s="4" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>566753</x:v>
+        <x:v>566779</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>566779</x:v>
+        <x:v>581992</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>581992</x:v>
+        <x:v>617018</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>617018</x:v>
+        <x:v>598896</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>598896</x:v>
+        <x:v>617021</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
+      <x:c r="E193" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>617021</x:v>
+        <x:v>612369</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="U193" s="4" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
+      <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>612369</x:v>
+        <x:v>616186</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>425</x:v>
-[...2 lines deleted...]
-        <x:v>426</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>616186</x:v>
+        <x:v>615140</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s"/>
-      <x:c r="F196" s="14" t="s"/>
+      <x:c r="E196" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F196" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G196" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>615140</x:v>
+        <x:v>612368</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>612368</x:v>
+        <x:v>617024</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>617024</x:v>
+        <x:v>566780</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>566780</x:v>
+        <x:v>566754</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>566754</x:v>
+        <x:v>617020</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>617020</x:v>
+        <x:v>616645</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s"/>
+      <x:c r="E202" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>616645</x:v>
+        <x:v>577608</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>577608</x:v>
+        <x:v>617023</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>617023</x:v>
+        <x:v>617027</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>617022</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="U205" s="4" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>617027</x:v>
+        <x:v>612444</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>612444</x:v>
+        <x:v>615364</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>443</x:v>
-[...1 lines deleted...]
-      <x:c r="C208" s="15" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C208" s="15" t="n">
+        <x:v>37274</x:v>
+      </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>444</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="J208" s="14" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J208" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>44595</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>615364</x:v>
+        <x:v>575504</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>575504</x:v>
+        <x:v>575422</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="U209" s="4" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>575422</x:v>
+        <x:v>546558</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>546558</x:v>
+        <x:v>546592</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>546592</x:v>
+        <x:v>602551</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>41502</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>615908</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>596728</x:v>
+        <x:v>601467</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>596731</x:v>
+        <x:v>603822</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>39606</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33070</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>616036</x:v>
+        <x:v>600163</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R217" s="0" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>592214</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>592217</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>603822</x:v>
+        <x:v>616036</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>39606</x:v>
+        <x:v>41502</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>33070</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>600163</x:v>
+        <x:v>615908</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>602551</x:v>
+        <x:v>596728</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>603408</x:v>
+        <x:v>596731</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>452</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>591929</x:v>
+        <x:v>602549</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>602549</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>603406</x:v>
+        <x:v>591929</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>592215</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>592216</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15210,453 +15205,453 @@
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>603407</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>601468</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>596732</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41502</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>615909</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>600588</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>596729</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -15906,51 +15901,51 @@
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
@@ -16022,51 +16017,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>607330</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -16245,51 +16240,51 @@
       <x:c r="J247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>600600</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
@@ -16648,51 +16643,51 @@
       <x:c r="L254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>573370</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -16705,51 +16700,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>573372</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
@@ -16841,144 +16836,144 @@
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>609875</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>610042</x:v>
+        <x:v>609876</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>609876</x:v>
+        <x:v>610042</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">