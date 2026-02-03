--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -263,77 +263,77 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réalisateur monteur</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Réaliser un film aérien avec un drone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terkane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Télé-pilotage drone aérien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habillage avec DaVinci Résolve Fusion - Niveau 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Terkane</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Logiciel montage audiovisuel</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-RAPHAEL</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Prise de vue au Steadicam Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la Prise de Vue Vidéo numérique - Boitier hybride et Caméra -</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la prise de vue vidéo et au montage</x:t>
   </x:si>
   <x:si>
     <x:t>Étalonnage avec DaVinci Resolve (Color) - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Postproduction</x:t>
   </x:si>
   <x:si>
     <x:t>Conception et montage vidéo pro avec son smartphone</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
@@ -431,92 +431,92 @@
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la production et de la réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS métiers de l'audiovisuel option techniques d'ingénierie et exploitation des équipements (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>Équipement audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie de l'image et de la prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la composition musicale et sonore pour l'image</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du son à l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur monteur - vidéaste blocs de compétences 2 - 3</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur monteur - vidéaste BC2 assurer le tournage d’un projet audiovisuel de type reportage</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur - opérateur de prises de vues</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Image et Son</x:t>
   </x:si>
   <x:si>
     <x:t>3IS</x:t>
   </x:si>
   <x:si>
     <x:t>78990</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
@@ -767,74 +767,83 @@
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et gérer la lumière en studio et en extérieur</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réalisation d'un court-métrage documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures en film d'animation</x:t>
   </x:si>
   <x:si>
     <x:t>ESRA Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTS</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet audiovisuel multi technique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
@@ -848,69 +857,60 @@
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>Littérature</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive</x:t>
-[...5 lines deleted...]
-    <x:t>08/31/2028 00:00:00</x:t>
+    <x:t>École Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option techniques d'ingénierie et exploitation des équipements</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
   </x:si>
   <x:si>
     <x:t>technicien polyvalent du spectacle vivant et de l'événementiel</x:t>
   </x:si>
   <x:si>
     <x:t>IMFP</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Technique spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
@@ -1809,119 +1809,119 @@
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>72710</x:v>
+        <x:v>31862</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>567685</x:v>
+        <x:v>567703</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>31862</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>567703</x:v>
+        <x:v>567685</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
@@ -2689,221 +2689,221 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37022</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>46233</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>567926</x:v>
+        <x:v>576151</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39404</x:v>
+        <x:v>37022</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-        <x:v>107</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>576151</x:v>
+        <x:v>567926</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>564629</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -3076,123 +3076,123 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>550667</x:v>
+        <x:v>550666</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>550666</x:v>
+        <x:v>550667</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -3439,51 +3439,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>546509</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -4998,1144 +4998,1147 @@
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>583364</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>41244</x:v>
+        <x:v>37021</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K66" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L66" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M66" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N66" s="15" t="n">
+        <x:v>46281</x:v>
+      </x:c>
+      <x:c r="O66" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P66" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>608575</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>41244</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>616016</x:v>
+        <x:v>616015</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>40666</x:v>
+        <x:v>41244</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>592819</x:v>
+        <x:v>616016</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>39404</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592097</x:v>
+        <x:v>592819</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37022</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>46233</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>602159</x:v>
+        <x:v>592097</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>37022</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R71" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>602159</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>592820</x:v>
+        <x:v>595751</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C73" s="3" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="n">
+        <x:v>40666</x:v>
+      </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="R73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>593237</x:v>
+        <x:v>592820</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J74" s="14" t="s"/>
+      <x:c r="K74" s="14" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="L74" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M74" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="N74" s="15" t="n">
+        <x:v>14261</x:v>
+      </x:c>
+      <x:c r="O74" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="P74" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="J74" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>608575</x:v>
+        <x:v>593237</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39404</x:v>
+        <x:v>37021</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592096</x:v>
+        <x:v>595757</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="C76" s="15" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="n">
+        <x:v>37021</x:v>
+      </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="J76" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R76" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="S76" s="14" t="n">
+        <x:v>595758</x:v>
+      </x:c>
+      <x:c r="T76" s="16" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="U76" s="16" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>595750</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>46233</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>595763</x:v>
+        <x:v>593238</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>595757</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37021</x:v>
+        <x:v>37022</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>46281</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>595758</x:v>
+        <x:v>595763</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>602157</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41642</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>45042</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615942</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>595759</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>592095</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592098</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6205,51 +6208,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>603554</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6344,87 +6347,87 @@
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>611111</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>53</x:v>