--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -254,110 +254,110 @@
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Art appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>technicien des arts mobiliers, sculptés et décoratifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculpture bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE THOR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DN MADE mention matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Artisanat art</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
-    <x:t>Sculpture bois</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>technicien des arts mobiliers, sculptés et décoratifs</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Marqueterie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Peintre sur mobilier</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP doreur à la feuille ornemaniste BC01 Réalisation de dorure à la feuille sur pièce sculptée</x:t>
@@ -488,57 +488,57 @@
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Peintre sur mobilier BC4 assurer la gestion d'un atelier de métier d'art et la relation client</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
@@ -1482,373 +1482,373 @@
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>595601</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>36947</x:v>
+        <x:v>38816</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>45554</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>595890</x:v>
+        <x:v>591849</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>36947</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>45096</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="P8" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="P8" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>595564</x:v>
+        <x:v>595890</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>595565</x:v>
+        <x:v>595564</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38816</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>591849</x:v>
+        <x:v>595565</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>595599</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>595566</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -1875,91 +1875,91 @@
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595567</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2047,51 +2047,51 @@
       <x:c r="T16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2158,51 +2158,51 @@
       <x:c r="T18" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2444,51 +2444,51 @@
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>616267</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -2535,51 +2535,51 @@
       <x:c r="U25" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2599,93 +2599,93 @@
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>615705</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36683</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45540</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2763,51 +2763,51 @@
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>616793</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
@@ -2950,252 +2950,253 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>610874</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45038</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>614847</x:v>
+        <x:v>615677</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>45554</x:v>
+        <x:v>45038</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>615677</x:v>
+        <x:v>614847</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605113</x:v>
+        <x:v>598855</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>598855</x:v>
+        <x:v>605113</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
@@ -3268,51 +3269,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45019</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>590234</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38911</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -3689,51 +3690,51 @@
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>45554</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>614982</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
@@ -3845,51 +3846,51 @@
       <x:c r="U49" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45560</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -3905,110 +3906,110 @@
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>556721</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -4021,244 +4022,244 @@
       <x:c r="U52" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>552664</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>552666</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>556747</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>572148</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>