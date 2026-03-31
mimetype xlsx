--- v0 (2026-02-02)
+++ v1 (2026-03-31)
@@ -158,60 +158,60 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Impression 3D FDM MSLA les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Impression</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
@@ -807,100 +807,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>608367</x:v>
+        <x:v>608366</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>608366</x:v>
+        <x:v>608367</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>35</x:v>