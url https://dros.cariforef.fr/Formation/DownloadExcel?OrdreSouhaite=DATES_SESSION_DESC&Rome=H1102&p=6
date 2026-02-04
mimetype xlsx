--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -599,80 +599,80 @@
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>manager du développement commercial à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité génie électrique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme ingénieur d'affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEDGE BS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement des affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité génie électrique (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité mécanique (Apprentissage)</x:t>
@@ -1100,84 +1100,84 @@
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention management et administration des entreprises parcours management général</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor digital - 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des transports internationaux et de la supply chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management et administration des entreprises parcours recherche, études et conseil en sciences de gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
@@ -4000,335 +4000,333 @@
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>597134</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38602</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>607795</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39884</x:v>
+        <x:v>36320</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>155</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>21540</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>608406</x:v>
+        <x:v>596635</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35916</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>595461</x:v>
+        <x:v>607795</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>39884</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>21540</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>605714</x:v>
+        <x:v>608406</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>36320</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>596635</x:v>
+        <x:v>595461</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -6338,51 +6336,51 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>545654</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34085</x:v>
@@ -6811,51 +6809,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>556638</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34085</x:v>
@@ -7947,51 +7945,51 @@
       <x:c r="I108" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
@@ -8027,89 +8025,89 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>607794</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
@@ -8125,51 +8123,51 @@
       <x:c r="I111" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
@@ -8300,51 +8298,51 @@
       <x:c r="I114" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39880</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8843,150 +8841,150 @@
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>575705</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>575875</x:v>
+        <x:v>575018</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35916</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>575018</x:v>
+        <x:v>576307</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
@@ -9001,566 +8999,568 @@
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>576307</x:v>
+        <x:v>576310</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>576310</x:v>
+        <x:v>581245</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C128" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>307</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>581245</x:v>
+        <x:v>571016</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>576308</x:v>
+        <x:v>581241</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>576311</x:v>
+        <x:v>581248</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>35916</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>575019</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>39169</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>550302</x:v>
+        <x:v>576311</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>351</x:v>
-[...1 lines deleted...]
-      <x:c r="C133" s="3" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C133" s="3" t="n">
+        <x:v>35916</x:v>
+      </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>571016</x:v>
+        <x:v>575019</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s"/>
+      <x:c r="E134" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>581241</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>581248</x:v>
+        <x:v>575875</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
@@ -10727,51 +10727,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>504152</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34085</x:v>
@@ -11116,51 +11116,51 @@
       <x:c r="I163" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
@@ -11257,153 +11257,153 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>501081</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>549064</x:v>
+        <x:v>549066</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549066</x:v>
+        <x:v>549064</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35760</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
@@ -11430,91 +11430,91 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>487526</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>543539</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
@@ -11644,71 +11644,71 @@
       <x:c r="I172" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>497345</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34085</x:v>
@@ -11718,92 +11718,92 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>479278</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37939</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>451266</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>