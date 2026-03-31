--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -491,78 +491,78 @@
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isfec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences éducation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Sciences éducation</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
@@ -3195,290 +3195,290 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>602900</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>602898</x:v>
+        <x:v>602956</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>602899</x:v>
+        <x:v>602898</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>602910</x:v>
+        <x:v>602899</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>602911</x:v>
+        <x:v>602910</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602956</x:v>
+        <x:v>602911</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>132</x:v>
@@ -3757,254 +3757,254 @@
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>600866</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610949</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610967</x:v>
+        <x:v>610949</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>581544</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4130,51 +4130,51 @@
       <x:c r="G56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>575943</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -4187,51 +4187,51 @@
       <x:c r="G57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>575946</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4531,51 +4531,51 @@
       <x:c r="G63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>575922</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -4590,51 +4590,51 @@
       <x:c r="G64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>575924</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -4647,51 +4647,51 @@
       <x:c r="G65" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>575945</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -4763,51 +4763,51 @@
       <x:c r="G67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -4822,51 +4822,51 @@
       <x:c r="G68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>575938</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -4879,51 +4879,51 @@
       <x:c r="G69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>575949</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -4938,51 +4938,51 @@
       <x:c r="G70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>575950</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -5102,51 +5102,51 @@
       <x:c r="G73" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>575940</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5161,51 +5161,51 @@
       <x:c r="G74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>575947</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -5218,51 +5218,51 @@
       <x:c r="G75" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>575952</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -5277,51 +5277,51 @@
       <x:c r="G76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>575927</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -5610,51 +5610,51 @@
       <x:c r="G82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>579011</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
@@ -5667,51 +5667,51 @@
       <x:c r="G83" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>575939</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -5726,51 +5726,51 @@
       <x:c r="G84" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>575941</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -5783,51 +5783,51 @@
       <x:c r="G85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>575942</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -5842,51 +5842,51 @@
       <x:c r="G86" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>575951</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -6065,51 +6065,51 @@
       <x:c r="G90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>575929</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6122,51 +6122,51 @@
       <x:c r="G91" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>575948</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -6181,51 +6181,51 @@
       <x:c r="G92" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>575944</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">