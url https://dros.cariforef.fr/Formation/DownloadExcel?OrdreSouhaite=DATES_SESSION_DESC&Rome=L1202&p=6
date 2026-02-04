--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -530,110 +530,113 @@
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musique arabo-andalouse</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musique Klezmer</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Masterclass de khöömii, chant long urtyn duu et sifflement isgeree</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Masterclass de khöömii, chant long urtyn duu et sifflement isgeree</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musiques et mouvements pour les touts petits</x:t>
   </x:si>
   <x:si>
     <x:t>Cité de la Musique de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Agent de la fonction publique territoriale , Demandeur d'emploi , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vièle cheval de Mongolie</x:t>
   </x:si>
   <x:si>
+    <x:t>11/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Musique assistée par ordinateur - MAO (Ableton, protools, cubase)</x:t>
   </x:si>
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/18/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Chant : développer sa technique vocale</x:t>
@@ -669,53 +672,50 @@
     <x:t>12/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chants de la tradition séfarade judéo-espagnole : de l’Andalousie médiévale aux pays de l’ex-empire ottoman</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auto-production musicale : Techniques d’enregistrement, prise de son et mixage</x:t>
   </x:si>
   <x:si>
     <x:t>Yay Sound</x:t>
   </x:si>
   <x:si>
     <x:t>75002</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
@@ -4314,148 +4314,147 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>587011</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>583182</x:v>
+        <x:v>614739</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>614739</x:v>
+        <x:v>583182</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
@@ -4463,51 +4462,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>581617</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
@@ -4515,51 +4514,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>587008</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4570,51 +4569,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>587009</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
@@ -4738,1270 +4737,1270 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>581616</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>587003</x:v>
+        <x:v>587005</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>587005</x:v>
+        <x:v>588500</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>45073</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>614026</x:v>
+        <x:v>587003</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45073</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>584287</x:v>
+        <x:v>614026</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>615163</x:v>
+        <x:v>584287</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>612813</x:v>
+        <x:v>615163</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>614493</x:v>
+        <x:v>612813</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>613959</x:v>
+        <x:v>614493</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>587002</x:v>
+        <x:v>613959</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>615307</x:v>
+        <x:v>587002</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>586998</x:v>
+        <x:v>615307</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="U72" s="16" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>610958</x:v>
+        <x:v>586998</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>613279</x:v>
+        <x:v>610958</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>598837</x:v>
+        <x:v>613279</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>612811</x:v>
+        <x:v>598837</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U76" s="16" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>602962</x:v>
+        <x:v>612811</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>598762</x:v>
+        <x:v>602962</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>587195</x:v>
+        <x:v>598762</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="U79" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>586451</x:v>
+        <x:v>587195</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="U80" s="16" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>581474</x:v>
+        <x:v>586451</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>587331</x:v>
+        <x:v>581474</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>590510</x:v>
+        <x:v>587331</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>588500</x:v>
+        <x:v>590510</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
@@ -6009,51 +6008,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>589584</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
@@ -6435,51 +6434,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>587160</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
@@ -6490,51 +6489,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>589726</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
@@ -6597,51 +6596,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>586158</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
@@ -6704,51 +6703,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>586207</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
@@ -6756,51 +6755,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>587750</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
@@ -6923,51 +6922,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>588293</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
@@ -7184,51 +7183,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>570254</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37768</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -7293,51 +7292,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>588434</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37768</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -7570,100 +7569,100 @@
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>586206</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>610844</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
@@ -7674,51 +7673,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>586211</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
@@ -7734,51 +7733,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>586204</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
@@ -7940,51 +7939,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586213</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
@@ -8102,51 +8101,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>586212</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
@@ -8261,51 +8260,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>579885</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
@@ -8376,150 +8375,150 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>535787</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>535764</x:v>
+        <x:v>535756</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>535756</x:v>
+        <x:v>535764</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
@@ -9026,51 +9025,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>552020</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>295</x:v>