--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -7621,150 +7621,150 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>610844</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>586204</x:v>
+        <x:v>586161</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>586161</x:v>
+        <x:v>586204</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
@@ -7997,202 +7997,202 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>535797</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>579885</x:v>
+        <x:v>586215</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>588166</x:v>
+        <x:v>579885</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>586215</x:v>
+        <x:v>588166</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
@@ -8759,196 +8759,196 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>575703</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>535617</x:v>
+        <x:v>535335</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>535335</x:v>
+        <x:v>535618</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>535618</x:v>
+        <x:v>535617</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37768</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>