--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -359,125 +359,125 @@
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA viticulture-oenologie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation en Commerce et Oenologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viticulture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA viticulture-oenologie (Apprentissage)</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>BP option responsable de productions légumières, fruitières, florales et de pépinières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Culture légumière</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
+    <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise vitivinicole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
-    <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation conduite de productions en arboriculture fruitière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA analyse, conduite et stratégie de l'entreprise agricole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement agriculture</x:t>
@@ -626,135 +626,135 @@
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture option grandes cultures (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conduite du tracteur</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tailler ses arbres fruitiers</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Greffer ses oliviers</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la pulvérisation en viticulture pour réduire les intrants et respecter la réglementation</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudure adaptée en viticulture – Fabriquer son rouleau faca avec l'atelier paysan</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greffage des arbres fruitiers</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale La Denoves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPA La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Viticulture module taille et tracteur</x:t>
   </x:si>
@@ -2712,1224 +2712,1224 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>607246</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>31694</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>459110</x:v>
+        <x:v>558673</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>600441</x:v>
+        <x:v>598929</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>31694</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>598929</x:v>
+        <x:v>459110</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>558673</x:v>
+        <x:v>600441</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>34744</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21028</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>549859</x:v>
+        <x:v>512502</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>512502</x:v>
+        <x:v>512511</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>34744</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21028</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>512511</x:v>
+        <x:v>549859</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>546101</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>546101</x:v>
+        <x:v>558212</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595399</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596449</x:v>
+        <x:v>595399</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>34744</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>21028</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>496382</x:v>
+        <x:v>596653</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>447272</x:v>
+        <x:v>596667</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>34744</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21028</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>596653</x:v>
+        <x:v>496382</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596667</x:v>
+        <x:v>447272</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>558672</x:v>
+        <x:v>496525</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>512508</x:v>
+        <x:v>558672</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>497667</x:v>
+        <x:v>512508</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>496525</x:v>
+        <x:v>497667</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>549029</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4033,78 +4033,78 @@
       <x:c r="S46" s="14" t="n">
         <x:v>599637</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>595400</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37612</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4378,85 +4378,85 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>607248</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>459112</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4476,108 +4476,108 @@
       <x:c r="H54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>605892</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>599635</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4629,205 +4629,205 @@
       <x:c r="T56" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38875</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>583534</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>558671</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>541852</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4921,95 +4921,95 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>549892</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>605852</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5163,207 +5163,207 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>599638</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>496478</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>496358</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>447270</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -5599,51 +5599,51 @@
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>579543</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5678,318 +5678,318 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>579548</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>611643</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549881</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>605851</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>605794</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>596665</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6530,376 +6530,376 @@
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>609363</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C90" s="15" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="n">
+        <x:v>40523</x:v>
+      </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s"/>
+      <x:c r="E90" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="J90" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J90" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>21055</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>579547</x:v>
+        <x:v>498354</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21055</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>498354</x:v>
+        <x:v>579547</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>21038</x:v>
+        <x:v>21055</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>579451</x:v>
+        <x:v>579542</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>21055</x:v>
+        <x:v>21038</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>579542</x:v>
+        <x:v>579451</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>496541</x:v>
+        <x:v>549819</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>554258</x:v>
+        <x:v>496541</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
@@ -6911,167 +6911,167 @@
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>554259</x:v>
+        <x:v>554258</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="C97" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="n">
+        <x:v>40523</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>21037</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>579457</x:v>
+        <x:v>554259</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>549819</x:v>
+        <x:v>579457</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -7262,189 +7262,187 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>596652</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>596664</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>548669</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>584796</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -7528,153 +7526,161 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>588447</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>611642</x:v>
+        <x:v>548669</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>595406</x:v>
+        <x:v>549820</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>57</x:v>
@@ -7759,808 +7765,802 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>605886</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>549820</x:v>
+        <x:v>595406</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>605795</x:v>
+        <x:v>447271</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>599720</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549888</x:v>
+        <x:v>595398</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>447271</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>518815</x:v>
+        <x:v>596666</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>596666</x:v>
+        <x:v>605795</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>595398</x:v>
+        <x:v>599720</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>496479</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>596451</x:v>
+        <x:v>549891</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>549891</x:v>
+        <x:v>599721</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>206</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>599721</x:v>
+        <x:v>596451</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>496549</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8626,51 +8626,51 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="G126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583531</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
@@ -8769,209 +8769,209 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>595402</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>518816</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>605853</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596444</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>31694</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9100,51 +9100,51 @@
       <x:c r="G134" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>605899</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
@@ -9223,51 +9223,51 @@
       <x:c r="G136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>583528</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
@@ -9309,91 +9309,91 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>496346</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>596663</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9426,155 +9426,155 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>497207</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>549880</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>496362</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>