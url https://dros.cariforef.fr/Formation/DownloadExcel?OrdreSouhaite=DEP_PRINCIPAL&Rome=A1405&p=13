--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -392,68 +392,68 @@
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Viticulture</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BP option responsable de productions légumières, fruitières, florales et de pépinières (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Culture légumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BP option responsable de productions légumières, fruitières, florales et de pépinières (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro conduite et gestion de l'entreprise vitivinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise vitivinicole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement (Apprentissage)</x:t>
@@ -641,132 +641,132 @@
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation volailles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conduite du tracteur</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tailler ses arbres fruitiers</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greffer ses oliviers</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la pulvérisation en viticulture pour réduire les intrants et respecter la réglementation</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudure adaptée en viticulture – Fabriquer son rouleau faca avec l'atelier paysan</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greffage des arbres fruitiers</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>LPA La Ricarde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Viticulture module taille et tracteur</x:t>
   </x:si>
   <x:si>
     <x:t>UCHAUX</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
@@ -3075,279 +3075,281 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>512511</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>34744</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21028</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>546101</x:v>
+        <x:v>549859</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>34744</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>21028</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>546101</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>596449</x:v>
+        <x:v>558212</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>558212</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -3476,95 +3478,95 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>596667</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>34744</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21028</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="P38" s="14" t="s">
+      <x:c r="Q38" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
+      <x:c r="R38" s="14" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>496382</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3635,57 +3637,57 @@
       <x:c r="H40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q40" s="16" t="s">
+      <x:c r="R40" s="14" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>496525</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4173,57 +4175,57 @@
       <x:c r="H49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q49" s="4" t="s">
+      <x:c r="R49" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>555726</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38650</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4292,57 +4294,57 @@
       <x:c r="H51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
+      <x:c r="R51" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>605870</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4654,57 +4656,57 @@
       <x:c r="H57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21027</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q57" s="4" t="s">
+      <x:c r="R57" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>583534</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4896,57 +4898,57 @@
       <x:c r="H61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q61" s="4" t="s">
+      <x:c r="R61" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>549892</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5017,57 +5019,57 @@
       <x:c r="H63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q63" s="4" t="s">
+      <x:c r="R63" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>605888</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7030,100 +7032,106 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>579457</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>596664</x:v>
+        <x:v>548850</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>75</x:v>
@@ -7134,384 +7142,378 @@
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>548850</x:v>
+        <x:v>548851</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>548851</x:v>
+        <x:v>579427</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>611642</x:v>
+        <x:v>596652</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>584796</x:v>
+        <x:v>596664</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="C104" s="15" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="n">
+        <x:v>38077</x:v>
+      </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="J104" s="14" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>21055</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>584799</x:v>
+        <x:v>611642</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>21037</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>579427</x:v>
+        <x:v>584796</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>166</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21055</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>596652</x:v>
+        <x:v>584799</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
@@ -7775,374 +7777,372 @@
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>605886</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>595398</x:v>
+        <x:v>595406</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>518815</x:v>
+        <x:v>447271</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>447271</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549888</x:v>
+        <x:v>595398</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>595406</x:v>
+        <x:v>549888</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>596666</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8662,201 +8662,201 @@
       <x:c r="S126" s="14" t="n">
         <x:v>583531</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>518818</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40523</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>595402</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>518816</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>