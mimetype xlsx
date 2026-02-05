--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -173,92 +173,92 @@
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine thermale</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydro-praticien (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en apprentissage</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Praticien animateur de SPA</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>69000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025 00:00:00</x:t>
@@ -293,66 +293,66 @@
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa praticien</x:t>
   </x:si>
   <x:si>
     <x:t>Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -953,158 +953,159 @@
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>581279</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>38795</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
+      <x:c r="E3" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43029</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>581277</x:v>
+        <x:v>551900</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38795</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="L4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43029</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>551900</x:v>
+        <x:v>581277</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1182,73 +1183,73 @@
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>567075</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>546886</x:v>
       </x:c>
@@ -1296,216 +1297,216 @@
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>612673</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
+      <x:c r="E9" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>546187</x:v>
+        <x:v>554436</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L10" s="14" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R10" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R10" s="14" t="s">
+      <x:c r="S10" s="14" t="n">
+        <x:v>609262</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="S10" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>546187</x:v>
+      </x:c>
+      <x:c r="T11" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>