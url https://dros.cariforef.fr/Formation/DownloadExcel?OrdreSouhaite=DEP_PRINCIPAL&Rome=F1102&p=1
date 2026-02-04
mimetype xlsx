--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -413,86 +413,86 @@
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Architecture d'Intérieur - 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur-designer d'espace</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS étude et réalisation d'agencement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Twinmotion - Logiciel photorealiste</x:t>
   </x:si>
   <x:si>
     <x:t>Archicad Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Clic et Bât - Cf2i</x:t>
   </x:si>
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin BTP</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS étude et réalisation d'agencement (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor architecture d'intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention espace</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
@@ -554,233 +554,233 @@
   <x:si>
     <x:t>Condé Paris</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d’intérieur designer scénographe (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ade Holding</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur - designer spécialisation architecte d'intérieur - maître d'oeuvre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modules théoriques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cafedanse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Public de la formation initiale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet design d'espace et produit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte d'intérieur-designer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Supérieure de Design Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESDAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer en architecture d’intérieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte d'intérieur-designer d'espace spécialisation design graphique et numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mjm Graphic Design Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13002</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/26/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Pad</x:t>
-[...104 lines deleted...]
-    <x:t>09/15/2026 00:00:00</x:t>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor Européen Design d'intérieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention événement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>DNA option design</x:t>
   </x:si>
   <x:si>
     <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Ynov Campus</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>directeur artistique produit</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro DAO 3D et rendu photoréaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel SketchUp</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'études en architecture</x:t>
   </x:si>
   <x:si>
     <x:t>ENSA Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Rénovation urbaine</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
@@ -872,114 +872,114 @@
   <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Camondo Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>[Revit] Electricité - FBIM - 5 jours</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Tm - Fbim</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BRIGNOLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
+    <x:t>Peintre en décor du patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFRPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peinture décorative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>École supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84090</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 9</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -2739,262 +2739,261 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>592491</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C24" s="15" t="s"/>
+      <x:c r="C24" s="15" t="n">
+        <x:v>38383</x:v>
+      </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>100</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>600744</x:v>
+        <x:v>557538</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>22252</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>587086</x:v>
+        <x:v>600744</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>587444</x:v>
+        <x:v>587086</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38383</x:v>
+        <x:v>38012</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>22454</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>557538</x:v>
+        <x:v>587444</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -3115,51 +3114,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>601671</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -4289,1810 +4288,1808 @@
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>549685</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>34993</x:v>
+        <x:v>40158</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>490772</x:v>
+        <x:v>589680</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="K53" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L53" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M53" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="n">
+        <x:v>22252</x:v>
+      </x:c>
+      <x:c r="O53" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P53" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="I53" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>589680</x:v>
+        <x:v>587084</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>22252</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>587084</x:v>
+        <x:v>587304</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="C55" s="3" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>37226</x:v>
+      </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>45027</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="P55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>587304</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37226</x:v>
+        <x:v>37842</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>595942</x:v>
+        <x:v>547214</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37842</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>547214</x:v>
+        <x:v>547243</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38022</x:v>
+        <x:v>34456</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22212</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>547243</x:v>
+        <x:v>547210</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>34456</x:v>
+        <x:v>37269</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>547210</x:v>
+        <x:v>596982</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37269</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="I60" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="K60" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L60" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H60" s="14" t="s"/>
-[...14 lines deleted...]
-      </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="S60" s="14" t="n">
+        <x:v>614609</x:v>
+      </x:c>
+      <x:c r="T60" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>166</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>614609</x:v>
+        <x:v>562872</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>38022</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>141</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>562872</x:v>
+        <x:v>558608</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>558608</x:v>
+        <x:v>547244</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>547244</x:v>
+        <x:v>597164</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38022</x:v>
+        <x:v>38383</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>597164</x:v>
+        <x:v>550700</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38383</x:v>
+        <x:v>37801</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="Q66" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>550700</x:v>
+        <x:v>516314</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37801</x:v>
+        <x:v>34456</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>516314</x:v>
+        <x:v>534937</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>34456</x:v>
+        <x:v>40158</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>534937</x:v>
+        <x:v>601648</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40158</x:v>
+        <x:v>34993</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>601648</x:v>
+        <x:v>490772</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>36942</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>45027</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>595929</x:v>
+        <x:v>547242</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>595945</x:v>
+        <x:v>510986</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="C72" s="15" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>37648</x:v>
+      </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>166</x:v>
-[...1 lines deleted...]
-      <x:c r="J72" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>597128</x:v>
+        <x:v>597470</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="C73" s="3" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="n">
+        <x:v>36942</x:v>
+      </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>510986</x:v>
+        <x:v>595929</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37648</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>597470</x:v>
+        <x:v>595945</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>45006</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592553</x:v>
+        <x:v>597128</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>597542</x:v>
+        <x:v>592553</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>218</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>37801</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587034</x:v>
+        <x:v>597542</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>166</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="Q78" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>554140</x:v>
+        <x:v>587034</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>37842</x:v>
+        <x:v>34456</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>554117</x:v>
+        <x:v>554140</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38022</x:v>
+        <x:v>37842</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>22212</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>554124</x:v>
+        <x:v>554117</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>547242</x:v>
+        <x:v>554124</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>547212</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>595533</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38343</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -6132,249 +6129,249 @@
       <x:c r="S84" s="14" t="n">
         <x:v>594246</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41112</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>615936</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37648</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>578883</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>589682</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -6410,91 +6407,91 @@
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>595569</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37648</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>581535</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41145</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -6546,450 +6543,450 @@
         <x:v>42</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>522288</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>523316</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>597163</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>586455</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40869</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22408</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>592815</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>595943</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>554152</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>611105</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
@@ -7029,424 +7026,424 @@
       <x:c r="S100" s="14" t="n">
         <x:v>595570</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>554121</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>554126</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>597150</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>595529</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>509355</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>509356</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>509359</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>34357</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -7459,388 +7456,388 @@
       <x:c r="J108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>556177</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>601655</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>601657</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37648</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>549729</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37269</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>596983</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37842</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>547213</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>45006</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>592554</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38342</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -7876,433 +7873,433 @@
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>594245</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>34456</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>523174</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>586457</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>589678</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>601640</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>574103</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>542880</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>557536</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -8317,313 +8314,314 @@
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>595571</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>39543</x:v>
+        <x:v>38383</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="Q124" s="16" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="R124" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q124" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>593185</x:v>
+        <x:v>557540</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="C125" s="3" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>39543</x:v>
+      </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="K125" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="L125" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M125" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="N125" s="3" t="n">
+        <x:v>45015</x:v>
+      </x:c>
+      <x:c r="O125" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P125" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="K125" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>458415</x:v>
+        <x:v>593185</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="S126" s="14" t="n">
+        <x:v>458415</x:v>
+      </x:c>
+      <x:c r="T126" s="16" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="U126" s="16" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>595532</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -8650,325 +8648,325 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>595572</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>595946</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37226</x:v>
+        <x:v>36497</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="K131" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L131" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M131" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="N131" s="3" t="n">
+        <x:v>45501</x:v>
+      </x:c>
+      <x:c r="O131" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="P131" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="J131" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>595940</x:v>
+        <x:v>573299</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>37226</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>595941</x:v>
+        <x:v>595530</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>36497</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>283</x:v>
-[...2 lines deleted...]
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>45501</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="P133" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="P133" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>573299</x:v>
+        <x:v>595940</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>36752</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>595530</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -8995,82 +8993,82 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>594227</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>595531</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>