--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -959,51 +959,51 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'études du bâtiment en dessin de projet (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien d'études du bâtiment en dessin de projet</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>