--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -590,210 +590,210 @@
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pastré Grande Bastide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Théorie graphes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours handicap et santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lycée Nelson Mandela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DU Hygiène hospitalière et gestion de la contagion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hygiène hospitalière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention intervention et développement social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIFCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directeur d'établissement sanitaire, social ou médico-social (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kedge Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion structure service à la personne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 8e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
-  </x:si>
-[...148 lines deleted...]
-    <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d’établissements médicaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion financière hôpital</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
@@ -4973,524 +4973,529 @@
       <x:c r="S48" s="14" t="n">
         <x:v>497809</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>509530</x:v>
+        <x:v>607426</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>607426</x:v>
+        <x:v>596422</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>35015</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>596422</x:v>
+        <x:v>556792</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>596417</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>576232</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>576235</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>576335</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>596709</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43403</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>615202</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5557,408 +5562,405 @@
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>578420</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591995</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>575893</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>499703</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37614</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42082</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>570687</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>596426</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="S65" s="0" t="n">
+        <x:v>509530</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="R65" s="0" t="s">
+      <x:c r="U65" s="4" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5988,84 +5990,84 @@
       <x:c r="R66" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>558233</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>586479</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -6076,166 +6078,166 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43406</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>589589</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>540593</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>549767</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6248,112 +6250,112 @@
       <x:c r="J71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>549919</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>601387</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6394,136 +6396,136 @@
         <x:v>504054</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>507294</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42082</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>584126</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -6595,51 +6597,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>581231</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
@@ -6660,51 +6662,51 @@
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>571034</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -6871,173 +6873,173 @@
       <x:c r="G82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>576234</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>596708</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>583984</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7076,79 +7078,79 @@
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>581551</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>597452</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37151</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
@@ -7161,102 +7163,102 @@
       <x:c r="J87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>616039</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>596821</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
@@ -7266,60 +7268,60 @@
       <x:c r="G89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>576237</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -7328,57 +7330,57 @@
       <x:c r="H90" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>576332</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>263</x:v>
@@ -7442,78 +7444,78 @@
       <x:c r="J92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>581343</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -7607,51 +7609,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>578416</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -7682,131 +7684,131 @@
         <x:v>293</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>596395</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>596397</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>596399</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>297</x:v>
@@ -7837,130 +7839,130 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>596416</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>592092</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>592214</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
@@ -8006,72 +8008,72 @@
       <x:c r="S102" s="14" t="n">
         <x:v>592294</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>596810</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
@@ -8140,60 +8142,60 @@
       <x:c r="G105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>576236</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
@@ -8202,117 +8204,117 @@
       <x:c r="H106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>576336</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39598</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>556801</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -8333,51 +8335,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>571063</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -8410,76 +8412,76 @@
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>519932</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>597455</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
@@ -8490,51 +8492,51 @@
       <x:c r="I111" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>596406</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8667,114 +8669,114 @@
       <x:c r="I114" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>611319</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>549768</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -8811,309 +8813,309 @@
       <x:c r="R116" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>578412</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>531513</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>578407</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43403</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>582133</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>546763</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>576233</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -9175,57 +9177,57 @@
       <x:c r="H123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>576331</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -9234,57 +9236,57 @@
       <x:c r="H124" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>576334</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -9314,85 +9316,85 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
@@ -9524,169 +9526,169 @@
       <x:c r="J129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>578415</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>601386</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>586480</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -9809,255 +9811,255 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>606685</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>614478</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>606679</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>596405</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>596409</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>257</x:v>
@@ -10140,75 +10142,75 @@
         <x:v>357</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>596424</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>596425</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10219,51 +10221,51 @@
         <x:v>61</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43422</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>589571</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>263</x:v>
@@ -10345,75 +10347,75 @@
       <x:c r="R144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>588427</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597256</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
@@ -10428,114 +10430,114 @@
       <x:c r="H146" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>576300</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>605101</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -10577,78 +10579,78 @@
       <x:c r="S148" s="14" t="n">
         <x:v>551972</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>596702</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10718,54 +10720,54 @@
       <x:c r="I151" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>492468</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -10804,81 +10806,81 @@
       <x:c r="R152" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>553824</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>599050</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -10894,51 +10896,51 @@
       <x:c r="I154" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>583599</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
@@ -10957,51 +10959,51 @@
       <x:c r="I155" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>583600</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
@@ -11043,110 +11045,110 @@
       <x:c r="T156" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>505429</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
@@ -11186,108 +11188,108 @@
       <x:c r="J159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>581252</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>603764</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -11416,51 +11418,51 @@
       <x:c r="J163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
@@ -11527,170 +11529,170 @@
       <x:c r="J165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>578406</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>582006</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>609495</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -11732,93 +11734,93 @@
       <x:c r="S168" s="14" t="n">
         <x:v>486164</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>499704</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -11867,51 +11869,51 @@
       <x:c r="I171" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>606681</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -11920,51 +11922,51 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>606686</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>374</x:v>
@@ -12265,156 +12267,156 @@
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>576123</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>599700</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>592215</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
@@ -12588,54 +12590,54 @@
       <x:c r="I184" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>553106</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -12648,105 +12650,105 @@
       <x:c r="J185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>581253</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>592792</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
@@ -12872,57 +12874,57 @@
       <x:c r="H189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>576333</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
@@ -12989,51 +12991,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>578411</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
@@ -13605,51 +13607,51 @@
       <x:c r="L202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>515230</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
@@ -15446,51 +15448,51 @@
       <x:c r="I234" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>583633</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>487</x:v>
@@ -16447,51 +16449,51 @@
       <x:c r="I252" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>583601</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>