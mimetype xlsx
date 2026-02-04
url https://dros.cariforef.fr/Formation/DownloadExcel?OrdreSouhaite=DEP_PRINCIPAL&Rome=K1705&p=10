--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -473,443 +473,443 @@
   <x:si>
     <x:t>SAINT-JEANNET</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Equipier 1ère intervention (sécurité incendie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipier 1ère intervention (sécurité incendie)</x:t>
-[...8 lines deleted...]
-    <x:t>GRASSE</x:t>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recyclage brevet national de sécurité et de sauvetage aquatique (BNSSA)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Ressources, d'Expertise et de Performance Sportives Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CREPS PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13098</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/04/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent en protection physique des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Si Région Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ag2v Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent en protection physique des personnes</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Sécurité Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>VERQUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation de Formateur sauveteur secouriste du travail (SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actimmis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC FORMATEUR SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation de Formateur sauveteur secouriste du travail (SST)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Equipier de Première Intervention (EPI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coralie Soscia</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>Équipement sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
   </x:si>
   <x:si>
     <x:t>AMS CROIX BLANCHE</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>Formeo 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sauveteur Secouriste du Travail (SST) : Maintien et Actualisation des Compétences (MAC) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>Action 3 - Idea Formation</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Loc</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDIOL</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formeo 13</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>IESC</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Etincelle</x:t>
   </x:si>
   <x:si>
     <x:t>13710</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>02/24/2026 00:00:00</x:t>
+    <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Access Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Maître-chien</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tea Conseil Audit Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
@@ -938,179 +938,179 @@
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Blanche Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>CBP</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation des extincteurs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat d'aptitude personnelle à l'insertion (CAPI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre du Service Militaire Volontaire Sud-Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bird Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formatsud Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Forseco</x:t>
-[...106 lines deleted...]
-  <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DIU Enseignement de la Natation, Surveillance, Sécurité et Sauvetage en Milieu Aquatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
@@ -1490,63 +1490,63 @@
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Eureka</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
@@ -3895,506 +3895,506 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>602804</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591672</x:v>
+        <x:v>608802</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>610781</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610783</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610705</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>608802</x:v>
+        <x:v>610705</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M39" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O39" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>610759</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591633</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42805</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>610759</x:v>
+        <x:v>609280</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>610760</x:v>
+        <x:v>591633</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
@@ -4520,506 +4520,505 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>599730</x:v>
+        <x:v>567051</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>613858</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>591670</x:v>
+        <x:v>599730</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>600704</x:v>
+        <x:v>613858</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602803</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>602806</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="S53" s="0" t="n">
+        <x:v>602803</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="S53" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>567051</x:v>
+        <x:v>602806</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>104</x:v>
@@ -5105,183 +5104,183 @@
         <x:v>574463</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>42856</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>606360</x:v>
+        <x:v>605401</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P58" s="14" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="S58" s="14" t="n">
+        <x:v>605406</x:v>
+      </x:c>
+      <x:c r="T58" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="P58" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605406</x:v>
+        <x:v>606360</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
@@ -5392,927 +5391,926 @@
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="I63" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603939</x:v>
+        <x:v>608261</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>584549</x:v>
+        <x:v>608262</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>584552</x:v>
+        <x:v>608266</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>608261</x:v>
+        <x:v>605410</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="S67" s="0" t="n">
+        <x:v>598245</x:v>
+      </x:c>
+      <x:c r="T67" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="S68" s="14" t="n">
+        <x:v>598246</x:v>
+      </x:c>
+      <x:c r="T68" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="R68" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>605410</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>598245</x:v>
+        <x:v>603939</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>598246</x:v>
+        <x:v>584549</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>591709</x:v>
+        <x:v>584552</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="H73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M73" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N73" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O73" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>591709</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I74" s="16" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...2 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
+      <x:c r="R74" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="R74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>578873</x:v>
+        <x:v>597902</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>591678</x:v>
+        <x:v>578873</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>591636</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>605398</x:v>
+        <x:v>605121</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>605399</x:v>
+        <x:v>605124</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>605404</x:v>
+        <x:v>605134</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
@@ -6320,54 +6318,54 @@
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>616858</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
@@ -6380,2382 +6378,2382 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>546337</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>610713</x:v>
+        <x:v>605398</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>605121</x:v>
+        <x:v>605399</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>605124</x:v>
+        <x:v>605404</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>605134</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610787</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>615389</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>615389</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>610766</x:v>
+        <x:v>608263</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>608263</x:v>
+        <x:v>612978</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>612978</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>591681</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>591705</x:v>
+        <x:v>600629</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>600629</x:v>
+        <x:v>591636</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>602709</x:v>
+        <x:v>597899</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>543402</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>597899</x:v>
+        <x:v>586603</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>608225</x:v>
+        <x:v>605402</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>586603</x:v>
+        <x:v>605403</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>605402</x:v>
+        <x:v>598248</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>605403</x:v>
+        <x:v>610762</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>598248</x:v>
+        <x:v>577945</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>610762</x:v>
+        <x:v>581888</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>306</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>577945</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="I105" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="K105" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M105" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N105" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O105" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P105" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R105" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="S105" s="0" t="n">
+        <x:v>605397</x:v>
+      </x:c>
+      <x:c r="T105" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>600628</x:v>
+        <x:v>605411</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>605397</x:v>
+        <x:v>604631</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>314</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>605411</x:v>
+        <x:v>614942</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C109" s="3" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>614942</x:v>
+        <x:v>606100</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>606100</x:v>
+        <x:v>610791</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>610791</x:v>
+        <x:v>590157</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>590157</x:v>
+        <x:v>614492</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="C113" s="3" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>614492</x:v>
+        <x:v>602709</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>585358</x:v>
+        <x:v>543402</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615392</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>605132</x:v>
+        <x:v>615392</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>615386</x:v>
+        <x:v>605132</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>615387</x:v>
+        <x:v>615386</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>615387</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>610789</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>597917</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591680</x:v>
+        <x:v>597917</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>614989</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>338</x:v>
-[...1 lines deleted...]
-      <x:c r="C124" s="15" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C124" s="15" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>341</x:v>
-[...1 lines deleted...]
-      <x:c r="J124" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J124" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>42805</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>584127</x:v>
+        <x:v>614989</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42805</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>608260</x:v>
+        <x:v>584127</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>604631</x:v>
+        <x:v>608260</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
@@ -8964,147 +8962,147 @@
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>610769</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>584550</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>584553</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -9186,86 +9184,86 @@
       <x:c r="R135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>612971</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>586647</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
@@ -9366,51 +9364,51 @@
       <x:c r="I139" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>545372</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -9427,147 +9425,147 @@
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>605400</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>605413</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>24</x:v>
@@ -9677,137 +9675,137 @@
       <x:c r="I145" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>598675</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>611298</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>616466</x:v>
       </x:c>
@@ -9843,103 +9841,103 @@
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591679</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
@@ -9948,51 +9946,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
@@ -10047,54 +10045,54 @@
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>615385</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
@@ -10216,135 +10214,135 @@
       <x:c r="R155" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591677</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42870</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>603941</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
@@ -10455,103 +10453,103 @@
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
@@ -10653,60 +10651,60 @@
         <x:v>393</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>615108</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
@@ -10761,54 +10759,54 @@
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
@@ -10828,80 +10826,80 @@
       <x:c r="R167" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>609294</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>24</x:v>
@@ -10968,91 +10966,91 @@
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>586085</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>605127</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
@@ -11061,51 +11059,51 @@
         <x:v>398</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>551480</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>273</x:v>
@@ -11116,54 +11114,54 @@
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>615376</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -11185,241 +11183,241 @@
         <x:v>273</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>615388</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>597898</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597904</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>597918</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>609357</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>287</x:v>
@@ -11480,417 +11478,417 @@
         <x:v>405</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>544265</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>584551</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605408</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>605409</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>605412</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>598244</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>598247</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>586606</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
@@ -12019,112 +12017,112 @@
         <x:v>257</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>616866</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>606371</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>600009</x:v>
       </x:c>
@@ -12150,51 +12148,51 @@
       <x:c r="I193" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>546583</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
@@ -12209,51 +12207,51 @@
       <x:c r="L194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>589634</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -12368,54 +12366,54 @@
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>590544</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
@@ -12523,51 +12521,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>590565</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
@@ -12625,54 +12623,54 @@
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>590572</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
@@ -12727,103 +12725,103 @@
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>591637</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>591638</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
@@ -12840,51 +12838,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
@@ -12931,54 +12929,54 @@
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>591687</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
@@ -13082,54 +13080,54 @@
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
@@ -13184,51 +13182,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>590563</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
@@ -13286,54 +13284,54 @@
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>590566</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -13712,138 +13710,138 @@
       <x:c r="R223" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>610794</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>608267</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>610899</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
@@ -13852,51 +13850,51 @@
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
@@ -13951,54 +13949,54 @@
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>590545</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
@@ -14359,54 +14357,54 @@
       <x:c r="L236" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>610905</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
@@ -14612,150 +14610,150 @@
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>610772</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>610792</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>615322</x:v>
+        <x:v>417482</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
@@ -14780,86 +14778,86 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>603860</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>417482</x:v>
+        <x:v>615322</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>24</x:v>
@@ -14871,103 +14869,103 @@
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>610795</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>591715</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
@@ -15022,54 +15020,54 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>590549</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
@@ -15086,663 +15084,663 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>610901</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>610771</x:v>
+        <x:v>610714</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>610774</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>590546</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>590552</x:v>
+        <x:v>590546</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>590556</x:v>
+        <x:v>590552</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>590558</x:v>
+        <x:v>590556</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>590559</x:v>
+        <x:v>590558</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>590569</x:v>
+        <x:v>590559</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>590575</x:v>
+        <x:v>590569</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>610904</x:v>
+        <x:v>590575</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>608258</x:v>
+        <x:v>610904</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>610714</x:v>
+        <x:v>608258</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
@@ -16053,198 +16051,198 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>586868</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>586816</x:v>
+        <x:v>586858</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>586858</x:v>
+        <x:v>586861</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>586861</x:v>
+        <x:v>586816</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
@@ -16348,54 +16346,54 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
@@ -16450,54 +16448,54 @@
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586824</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
@@ -16605,91 +16603,91 @@
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>564131</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
@@ -16809,51 +16807,51 @@
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>586823</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
@@ -16977,93 +16975,93 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>603928</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
@@ -17121,54 +17119,54 @@
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
@@ -17649,75 +17647,75 @@
         <x:v>487</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>590236</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>546595</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
@@ -17735,51 +17733,51 @@
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>586809</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
@@ -17886,54 +17884,54 @@
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>586826</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
@@ -17988,54 +17986,54 @@
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>586856</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
@@ -18192,54 +18190,54 @@
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>591719</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
@@ -18300,51 +18298,51 @@
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>606688</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
@@ -18399,51 +18397,51 @@
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>586820</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
@@ -18452,103 +18450,103 @@
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>586855</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">