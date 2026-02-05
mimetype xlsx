--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -215,83 +215,83 @@
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Thanatologie Phocéen</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Cadre demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACOPAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Bénéficiaire du RSA , Cadre demandeur d'emploi , Demandeur d'emploi , Femme , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Bénéficiaire du RSA , Cadre demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
@@ -440,66 +440,66 @@
   <x:si>
     <x:t>REFLETS</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant pompes funèbres</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/06/2026 00:00:00</x:t>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accent Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Funétique - Funéplus</x:t>
   </x:si>
   <x:si>
     <x:t>85000</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
@@ -1244,205 +1244,205 @@
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>616277</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
+      <x:c r="E5" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>614015</x:v>
+        <x:v>583602</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>614384</x:v>
+        <x:v>614015</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
-      <x:c r="E7" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>583602</x:v>
+        <x:v>614384</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -2309,87 +2309,87 @@
       <x:c r="R23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>611139</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>583638</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>87</x:v>
@@ -2479,87 +2479,87 @@
       <x:c r="R26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>611154</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>583636</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
@@ -2576,381 +2576,381 @@
       <x:c r="K28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>611181</x:v>
+        <x:v>611180</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>611161</x:v>
+        <x:v>611181</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>611180</x:v>
+        <x:v>611161</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>611151</x:v>
+        <x:v>611140</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611159</x:v>
+        <x:v>611182</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="J33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>611140</x:v>
+        <x:v>611151</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>611182</x:v>
+        <x:v>611159</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3014,51 +3014,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>571714</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36840</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3125,51 +3125,51 @@
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42057</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>603714</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">