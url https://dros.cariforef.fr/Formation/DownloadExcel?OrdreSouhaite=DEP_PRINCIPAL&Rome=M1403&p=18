--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1010,120 +1010,120 @@
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
-    <x:t>83041</x:t>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention économie et gestion parcours management général</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie du développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention monnaie, banque, finance, assurance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Difcam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - UFR Sciences Economiques et de Gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
-  </x:si>
-[...55 lines deleted...]
-    <x:t>Université de Toulon - UFR Sciences Economiques et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours visualisation, conception d'outils décisionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -10813,770 +10813,769 @@
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>39172</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="H165" s="0" t="s">
+      <x:c r="I165" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>12516</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>588184</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38981</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>591983</x:v>
+        <x:v>592122</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L167" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M167" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N167" s="3" t="n">
+        <x:v>13115</x:v>
+      </x:c>
+      <x:c r="O167" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="P167" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="J167" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>592122</x:v>
+        <x:v>598409</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="H168" s="14" t="s">
+      <x:c r="H168" s="14" t="s"/>
+      <x:c r="I168" s="16" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598409</x:v>
+        <x:v>591972</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="R169" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="R169" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>591972</x:v>
+        <x:v>592076</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>39172</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>318</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J170" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="K170" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L170" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M170" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N170" s="15" t="n">
+        <x:v>13115</x:v>
+      </x:c>
+      <x:c r="O170" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="P170" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="J170" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>592076</x:v>
+        <x:v>581203</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="H171" s="0" t="s">
+      <x:c r="I171" s="4" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>581203</x:v>
+        <x:v>591975</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>39014</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>591975</x:v>
+        <x:v>592040</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>39014</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>592040</x:v>
+        <x:v>592124</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>318</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>592124</x:v>
+        <x:v>587824</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>587824</x:v>
+        <x:v>568262</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>71</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38542</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="Q176" s="16" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="R176" s="14" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="S176" s="14" t="n">
+        <x:v>588184</x:v>
+      </x:c>
+      <x:c r="T176" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="Q176" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35402</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">