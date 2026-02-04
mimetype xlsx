--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -365,143 +365,143 @@
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA productions animales (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Travailler à plusieurs en agriculture : gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours agronomie</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
-    <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Travailler en couple en agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention productions végétales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA métiers du végétal : alimentation, ornement et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
+    <x:t>Se diversifier en culture végétale, approche économique et technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre Départementale d'Agriculture du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Bien connaitre et maitriser les maladies et ravageurs de la vigne </x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre Départementale d'Agriculture du Var</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Se diversifier en culture végétale, approche économique et technique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
@@ -611,89 +611,89 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences de la terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation à l'Environnement et au Développement Durable - CFA Régional Métiers de l'Environnement et du Développement Durable</x:t>
   </x:si>
   <x:si>
     <x:t>IRFEDD</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
@@ -758,54 +758,54 @@
   <x:si>
     <x:t>CARMEJANE-LE CHAFFAUT</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -2269,272 +2269,282 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>615034</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C18" s="15" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="n">
+        <x:v>39686</x:v>
+      </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J18" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>584014</x:v>
+        <x:v>555732</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39686</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>555732</x:v>
+        <x:v>592188</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>35369</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596692</x:v>
+        <x:v>549867</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592188</x:v>
+        <x:v>496428</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>38</x:v>
@@ -2545,684 +2555,670 @@
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>549867</x:v>
+        <x:v>496447</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>496428</x:v>
+        <x:v>516901</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38655</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21056</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>496447</x:v>
+        <x:v>516905</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>39685</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>21056</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>516901</x:v>
+        <x:v>615035</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>26</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21056</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>516905</x:v>
+        <x:v>584014</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39685</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21056</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>615035</x:v>
+        <x:v>596692</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>36002</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21060</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>584010</x:v>
+        <x:v>496479</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21060</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>496479</x:v>
+        <x:v>584010</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40342</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>592416</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>596451</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>579419</x:v>
+        <x:v>583170</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>583170</x:v>
+        <x:v>579419</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>37</x:v>
@@ -4411,51 +4407,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>574920</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12598</x:v>
@@ -4526,974 +4522,975 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>598929</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>41382</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>605500</x:v>
+        <x:v>605852</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>605852</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>592347</x:v>
+        <x:v>574923</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>592349</x:v>
+        <x:v>574919</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>36002</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>558212</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>36773</x:v>
+        <x:v>40343</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>25</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>12254</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>596449</x:v>
+        <x:v>576117</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574923</x:v>
+        <x:v>546101</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>574919</x:v>
+        <x:v>592347</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>574927</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>40343</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12254</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>576117</x:v>
+        <x:v>558212</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>558672</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38653</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>554251</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>36773</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>558672</x:v>
+        <x:v>574926</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>574926</x:v>
+        <x:v>554251</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>546101</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36773</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -5621,51 +5618,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>549871</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>200</x:v>
@@ -5839,51 +5836,51 @@
         <x:v>211</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>583939</x:v>
       </x:c>
@@ -5980,178 +5977,178 @@
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>496451</x:v>
+        <x:v>549868</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>41382</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>601005</x:v>
+        <x:v>496451</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>549868</x:v>
+        <x:v>601005</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>38</x:v>
@@ -6233,161 +6230,163 @@
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605840</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38653</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>497968</x:v>
+        <x:v>596693</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>35369</x:v>
+        <x:v>38653</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="S87" s="0" t="n">
+        <x:v>497968</x:v>
+      </x:c>
+      <x:c r="T87" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U87" s="4" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38653</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>224</x:v>
@@ -6401,102 +6400,102 @@
       <x:c r="L88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>551861</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>575963</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>