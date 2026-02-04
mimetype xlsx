--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -359,141 +359,141 @@
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA analyse, conduite et stratégie de l'entreprise agricole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Perfectionnement tonte junior</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Tri de laine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Tri de laine</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole palefrenier soigneur</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>05300</x:t>
   </x:si>
   <x:si>
     <x:t>VENTAVON</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Montagne 05</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat de spécialisation production, transformation et commercialisation des produits fermiers</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale pour la Formation et le Perfectionnement des Agriculteurs des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
   <x:si>
-    <x:t>05000</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1763,268 +1763,272 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>506183</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C15" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>38389</x:v>
+      </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>21075</x:v>
+        <x:v>21088</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>607922</x:v>
+        <x:v>548671</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>41</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>548671</x:v>
+        <x:v>603116</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21088</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>603116</x:v>
+        <x:v>454909</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>41</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>21088</x:v>
+        <x:v>21075</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>454909</x:v>
+        <x:v>607922</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>103</x:v>
@@ -2040,153 +2044,156 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>607971</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>41</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>21088</x:v>
+        <x:v>21075</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>498358</x:v>
+        <x:v>607978</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="C21" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>38389</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21075</x:v>
+        <x:v>21088</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>607978</x:v>
+        <x:v>498358</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38389</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>25</x:v>
@@ -2609,262 +2616,262 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>600200</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>584306</x:v>
+        <x:v>549907</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>549907</x:v>
+        <x:v>605872</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>584306</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39667</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21083</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>605911</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>