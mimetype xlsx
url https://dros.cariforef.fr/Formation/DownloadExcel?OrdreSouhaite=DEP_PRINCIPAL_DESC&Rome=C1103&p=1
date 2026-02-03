--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -227,123 +227,123 @@
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EAM Expert Assurance Maritime INPI</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager des risques et de l'assurance de l'entreprise (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé d'indemnisation en assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Victor Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...49 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Chargé d'indemnisation en assurance</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
@@ -1144,462 +1144,462 @@
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>585406</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>37349</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41049</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>549087</x:v>
+        <x:v>557159</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>39615</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>573921</x:v>
+        <x:v>583400</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>37349</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>41049</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>557159</x:v>
+        <x:v>573921</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>40253</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>583400</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>547885</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>609980</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37349</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>508759</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>