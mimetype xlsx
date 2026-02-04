--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -392,59 +392,59 @@
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Le Moins Cher en Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MCF</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Golf-Hôtel</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BM boucher charcutier traiteur : option productions charcutières et traiteurs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
@@ -674,77 +674,77 @@
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de la Roque d'Anthéron</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Brise-Lames</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Pastré</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa des Chefs</x:t>
   </x:si>
   <x:si>
     <x:t>92130</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation - Antenne Cannes</x:t>
@@ -782,60 +782,60 @@
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
@@ -2604,379 +2604,384 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>611030</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>553317</x:v>
+        <x:v>559037</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>559037</x:v>
+        <x:v>520712</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>520712</x:v>
+        <x:v>604840</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604840</x:v>
+        <x:v>553317</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>37910</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42708</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>583343</x:v>
+        <x:v>527252</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595240</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
@@ -2998,237 +3003,230 @@
       <x:c r="K27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>527252</x:v>
+        <x:v>565095</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>520702</x:v>
+        <x:v>583343</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>520717</x:v>
+        <x:v>520702</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38527</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21576</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>553315</x:v>
+        <x:v>520717</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38527</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -3238,235 +3236,236 @@
       <x:c r="K31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604084</x:v>
+        <x:v>553315</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38527</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>496251</x:v>
+        <x:v>604084</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>520707</x:v>
+        <x:v>496251</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>565095</x:v>
+        <x:v>520707</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5268,983 +5267,984 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>520725</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>520698</x:v>
+        <x:v>556791</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>556791</x:v>
+        <x:v>556802</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>556802</x:v>
+        <x:v>520698</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>456545</x:v>
+        <x:v>607205</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>600304</x:v>
+        <x:v>607402</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>607205</x:v>
+        <x:v>553843</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>607402</x:v>
+        <x:v>456545</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>553843</x:v>
+        <x:v>600304</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="S75" s="0" t="n">
+        <x:v>501427</x:v>
+      </x:c>
+      <x:c r="T75" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="Q75" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>493040</x:v>
+        <x:v>547761</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>595230</x:v>
+        <x:v>553049</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>595235</x:v>
+        <x:v>520693</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>553049</x:v>
+        <x:v>493040</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>520693</x:v>
+        <x:v>595230</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>501427</x:v>
+        <x:v>595235</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>547761</x:v>
+        <x:v>595239</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6539,51 +6539,51 @@
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>513694</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -7074,223 +7074,224 @@
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>516371</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
+      <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>583829</x:v>
+        <x:v>595238</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>559036</x:v>
+        <x:v>583829</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>238</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>595238</x:v>
+        <x:v>559036</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -7711,51 +7712,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>513695</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8919,230 +8920,230 @@
       <x:c r="K129" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>597592</x:v>
+        <x:v>543704</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>543704</x:v>
+        <x:v>547522</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>547522</x:v>
+        <x:v>494798</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>494798</x:v>
+        <x:v>597592</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>