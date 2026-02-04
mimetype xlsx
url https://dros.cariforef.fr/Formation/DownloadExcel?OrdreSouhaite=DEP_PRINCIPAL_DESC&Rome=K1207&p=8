--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -848,156 +848,156 @@
   <x:si>
     <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études culturelles parcours monde anglophone</x:t>
   </x:si>
   <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention intervention sociale : accompagnement de publics spécifiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP G Eiffel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO M Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Viste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé parcours coordination expertise sport santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie cognitive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie du développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention psychologie parcours psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire de l'art et archéologie parcours archéologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'Etat d'éducateur technique spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Régional du Travail Social PACA-Corse - site Marseille 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giapats - CFA Régional Métiers du Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthropologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire de l'art et archéologie parcours histoire de l'art</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention psychologie</x:t>
-  </x:si>
-[...103 lines deleted...]
-    <x:t>Licence mention histoire de l'art et archéologie parcours histoire de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de l'homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>FCIL préparation au concours d'ATSEM</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
@@ -7222,552 +7222,551 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>578462</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>557571</x:v>
+        <x:v>594095</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>594095</x:v>
+        <x:v>594098</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>594098</x:v>
+        <x:v>578274</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>578274</x:v>
+        <x:v>594092</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>594092</x:v>
+        <x:v>594096</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>594096</x:v>
+        <x:v>529889</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>492</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>529889</x:v>
+        <x:v>578444</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>578444</x:v>
+        <x:v>578461</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>578461</x:v>
+        <x:v>557571</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40056</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
@@ -8620,2170 +8619,2165 @@
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>575799</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39023</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592013</x:v>
+        <x:v>567154</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>40056</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>567154</x:v>
+        <x:v>592271</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>40056</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>44008</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>592271</x:v>
+        <x:v>576257</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>35972</x:v>
+        <x:v>35944</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>576257</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35944</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>576262</x:v>
+        <x:v>615916</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>41747</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>615916</x:v>
+        <x:v>594088</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>594088</x:v>
+        <x:v>594097</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>594097</x:v>
+        <x:v>594100</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>594100</x:v>
+        <x:v>578170</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>578170</x:v>
+        <x:v>578259</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>578259</x:v>
+        <x:v>616014</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="C132" s="15" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="n">
+        <x:v>492</x:v>
+      </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="J132" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>616014</x:v>
+        <x:v>496203</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>492</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>496203</x:v>
+        <x:v>529893</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s"/>
+      <x:c r="E134" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>529893</x:v>
+        <x:v>531523</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>531523</x:v>
+        <x:v>529890</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>492</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>529890</x:v>
+        <x:v>528840</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>38697</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>528840</x:v>
+        <x:v>576269</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38697</x:v>
+        <x:v>38992</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>15459</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>576269</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>596275</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>38992</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>223</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>596275</x:v>
+        <x:v>575798</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>34838</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>575798</x:v>
+        <x:v>581256</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>39023</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>581256</x:v>
+        <x:v>557560</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>14207</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>557560</x:v>
+        <x:v>575777</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40546</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>14207</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>575777</x:v>
+        <x:v>567159</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>567159</x:v>
+        <x:v>567160</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>41746</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>567160</x:v>
+        <x:v>615918</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>41746</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>615918</x:v>
+        <x:v>594090</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>37676</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
-      <x:c r="F148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F148" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="G148" s="14" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H148" s="14" t="s"/>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
       <x:c r="I148" s="16" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="K148" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L148" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M148" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N148" s="15" t="n">
+        <x:v>44092</x:v>
+      </x:c>
+      <x:c r="O148" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P148" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="Q148" s="16" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="R148" s="14" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="S148" s="14" t="n">
+        <x:v>477569</x:v>
+      </x:c>
+      <x:c r="T148" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="J148" s="14" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>477569</x:v>
+        <x:v>496210</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>496210</x:v>
+        <x:v>479309</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>37676</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>479309</x:v>
+        <x:v>553531</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>553531</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>14207</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>575732</x:v>
+        <x:v>575778</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>40546</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>14207</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>575778</x:v>
+        <x:v>567156</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39643</x:v>
+        <x:v>41747</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>567156</x:v>
+        <x:v>615915</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>41747</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>44092</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>615915</x:v>
+        <x:v>592013</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>240</x:v>
@@ -11011,51 +11005,51 @@
       <x:c r="J162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>578268</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39643</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -11681,51 +11675,51 @@
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>592205</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
@@ -11800,51 +11794,51 @@
       <x:c r="G176" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -11893,80 +11887,80 @@
       <x:c r="R177" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>557559</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="R178" s="14" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>592396</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -12252,114 +12246,114 @@
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>594093</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
@@ -12419,51 +12413,51 @@
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>592204</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
@@ -12478,51 +12472,51 @@
       <x:c r="G188" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>590159</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -12758,54 +12752,54 @@
       <x:c r="T192" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I193" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -12881,54 +12875,54 @@
       <x:c r="T194" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I195" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -12998,54 +12992,54 @@
       <x:c r="T196" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I197" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13638,54 +13632,54 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I208" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13698,54 +13692,54 @@
       <x:c r="T208" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I209" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13759,54 +13753,54 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I210" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13819,54 +13813,54 @@
       <x:c r="T210" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I211" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13942,54 +13936,54 @@
       <x:c r="T212" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I213" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -14003,54 +13997,54 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I214" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -14167,79 +14161,79 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>591864</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -14463,54 +14457,54 @@
         <x:v>89</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I222" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -15429,51 +15423,51 @@
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>531524</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>41747</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -15505,57 +15499,57 @@
         <x:v>615911</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="H240" s="14" t="s">
+      <x:c r="I240" s="16" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>245</x:v>
       </x:c>