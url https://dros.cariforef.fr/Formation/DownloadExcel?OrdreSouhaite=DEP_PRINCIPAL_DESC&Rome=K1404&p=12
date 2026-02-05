--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -662,75 +662,75 @@
   <x:si>
     <x:t>Master mention droit public parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours management des administrations publiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit international et droit européen</x:t>
   </x:si>
   <x:si>
     <x:t>DESU manager de commerces : villes et territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Développement local</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention géographie, aménagement, environnement et développement parcours COAStal managemenT and vulnerabilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management public parcours attractivité et nouveau marketing territorial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management public parcours développement durable et gouvernance territoriale de projets en Méditerranée et à l'international</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention management public</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Master mention management public parcours développement durable et gouvernance territoriale de projets en Méditerranée et à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen blocs de compétences BC05 - BC06 - BC07 - BC08 - BC09</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
@@ -6717,496 +6717,499 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>590294</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>35914</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>595411</x:v>
+        <x:v>581232</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>198</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>581232</x:v>
+        <x:v>575535</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>575535</x:v>
+        <x:v>592056</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>592056</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>592057</x:v>
+        <x:v>576236</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>576236</x:v>
+        <x:v>576301</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>36761</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>12518</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>576301</x:v>
+        <x:v>576336</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>576336</x:v>
+        <x:v>575032</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35914</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -7219,221 +7222,219 @@
       <x:c r="K105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>13016</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>575032</x:v>
+        <x:v>575033</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35914</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>13016</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>575033</x:v>
+        <x:v>597424</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38186</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>597424</x:v>
+        <x:v>597455</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38166</x:v>
+        <x:v>35914</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>13237</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>597455</x:v>
+        <x:v>595411</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>207</x:v>
       </x:c>