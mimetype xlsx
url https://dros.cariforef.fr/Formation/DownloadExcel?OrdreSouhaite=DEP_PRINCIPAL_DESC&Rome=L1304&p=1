--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -563,251 +563,251 @@
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant réalisateur cinéma</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Réalisateur nouveaux médias et JRI (3ème année)</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>réalisateur 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MJM Graphic Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>réalisateur animation 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECV Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures documentaires : recherche et création</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation mise en scène intimité</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>réalisateur 3D</x:t>
-[...20 lines deleted...]
-    <x:t>13100</x:t>
+    <x:t>DN MADE mention animation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la composition musicale et sonore pour l'image</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures  - cinéma audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor réalisateur nouveaux médias et JRI</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
   </x:si>
   <x:si>
     <x:t>Journalisme audiovisuel</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant réalisateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet audiovisuel multi technique spécialisation métiers de l'image (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Scripte pour le cinéma</x:t>
   </x:si>
   <x:si>
-    <x:t>Cifap</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
   </x:si>
   <x:si>
-    <x:t>07/03/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>École MoPA</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - MOPA</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Acting jeu caméra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastère pro cinema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumière et cadrage dans l'interview documentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vigie Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Film documentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours ingénierie de l'image et de la prise de vue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours ingénierie du son à l'image</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecrire et monter une séquence magazine TV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Acting jeu caméra</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Bachelor Audiovisuel - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé créations vidéo-Ludiques et transmédia (CVT)</x:t>
   </x:si>
   <x:si>
     <x:t>Conception réalisation transmédia</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Classe Tremplin, métiers de l'audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Audiovisuel - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Sophia Ynov Campus</x:t>
@@ -833,96 +833,96 @@
   <x:si>
     <x:t>Réalisateur monteur</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Général Carnot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projets audiovisuels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet audiovisuel multi technique spécialisation caméra et lumière (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Général Carnot</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Chef de projets audiovisuels (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
-    <x:t>CANNES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Chef de projets audiovisuels</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures des techniques du son</x:t>
   </x:si>
   <x:si>
     <x:t>Régie son</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Scénaristes et réalisateurs : stratégies pour convaincre un producteur ou autoproduire ses films</x:t>
   </x:si>
   <x:si>
     <x:t>Adastra Films</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
@@ -3218,1026 +3218,1024 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>604633</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575526</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>165</x:v>
-[...1 lines deleted...]
-      <x:c r="C34" s="15" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>39256</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="J34" s="14" t="s"/>
-[...14 lines deleted...]
-      </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>577110</x:v>
+        <x:v>593728</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39557</x:v>
+        <x:v>39861</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>46276</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>598159</x:v>
+        <x:v>592302</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39256</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>593728</x:v>
+        <x:v>575526</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>592302</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>39404</x:v>
+        <x:v>39557</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>576153</x:v>
+        <x:v>598159</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>36940</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="s">
-        <x:v>186</x:v>
+      <x:c r="J39" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="R39" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591910</x:v>
+        <x:v>595863</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="C40" s="15" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="J40" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>46306</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>615946</x:v>
+        <x:v>576153</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592096</x:v>
+        <x:v>591910</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46306</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608286</x:v>
+        <x:v>615946</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46254</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>604935</x:v>
+        <x:v>549547</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>583199</x:v>
+        <x:v>608285</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>576151</x:v>
+        <x:v>592095</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>46254</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>549547</x:v>
+        <x:v>592098</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="C47" s="3" t="s"/>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>40666</x:v>
+      </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>608285</x:v>
+        <x:v>604935</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>592095</x:v>
+        <x:v>583199</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592098</x:v>
+        <x:v>576151</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>46276</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>595863</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4255,416 +4253,416 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592183</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>611531</x:v>
+        <x:v>576382</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46274</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>576382</x:v>
+        <x:v>604630</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>46274</x:v>
+        <x:v>46275</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="P54" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="P54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>604630</x:v>
+        <x:v>616344</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>221</x:v>
-[...1 lines deleted...]
-      <x:c r="C55" s="3" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>46275</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>616344</x:v>
+        <x:v>576148</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576148</x:v>
+        <x:v>576152</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>121</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576152</x:v>
+        <x:v>615360</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>615360</x:v>
+        <x:v>611531</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
@@ -4831,159 +4829,160 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>590574</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>41244</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>616015</x:v>
+        <x:v>605055</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>40666</x:v>
+        <x:v>41244</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>605055</x:v>
+        <x:v>616015</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36901</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4998,537 +4997,538 @@
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>551461</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>549703</x:v>
+        <x:v>593238</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
+      <x:c r="D67" s="3" t="s"/>
+      <x:c r="G67" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="n">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>549704</x:v>
+        <x:v>595751</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C68" s="15" t="s"/>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="n">
+        <x:v>41244</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="J68" s="14" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595751</x:v>
+        <x:v>616016</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>39107</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>593238</x:v>
+        <x:v>578963</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>39107</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>259</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>611042</x:v>
+        <x:v>549703</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>41244</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>616016</x:v>
+        <x:v>549704</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>578963</x:v>
+        <x:v>611042</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>606232</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595607</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
@@ -5570,130 +5570,130 @@
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>592820</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>595606</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>595608</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>