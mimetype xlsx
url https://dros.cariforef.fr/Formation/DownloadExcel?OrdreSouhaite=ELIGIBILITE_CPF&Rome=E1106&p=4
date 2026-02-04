--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -530,116 +530,116 @@
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention administration économique et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation travail</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Journaliste plurimédia (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention études européennes et internationales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institution européenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention humanités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DESU Journalisme sportif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journalisme spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>licence mention science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
-    <x:t>DESU Journalisme sportif</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>journaliste reporter tous médias</x:t>
   </x:si>
   <x:si>
     <x:t>EDJ Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Journaliste web spécialisation journalisme d'informations générales (Apprentissage)</x:t>
@@ -836,78 +836,78 @@
   <x:si>
     <x:t>Licence mention lettres parcours lettres et livre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et humanités parcours spécialisation disciplinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention lettres parcours monde du livre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention lettres parcours recherche et concours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention science politique Parcours politiques européennes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication des organisations, médias, espace public</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Journaliste reporter tous médias</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Journaliste web (Contrat de Professionnalisation)</x:t>
   </x:si>
@@ -3121,751 +3121,752 @@
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>614357</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40617</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592571</x:v>
+        <x:v>592108</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>39697</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>46304</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>578338</x:v>
+        <x:v>592200</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>39697</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595420</x:v>
+        <x:v>592203</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>46304</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>597418</x:v>
+        <x:v>578338</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>592380</x:v>
+        <x:v>595420</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>592381</x:v>
+        <x:v>592380</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38189</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>597427</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38189</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>597428</x:v>
+        <x:v>597427</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="C40" s="15" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>38189</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="J40" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>46303</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>580117</x:v>
+        <x:v>597428</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>15033</x:v>
+        <x:v>46303</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>578343</x:v>
+        <x:v>580117</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>170</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>15033</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592108</x:v>
+        <x:v>578343</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39697</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592200</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39697</x:v>
+        <x:v>38183</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>13054</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>592203</x:v>
+        <x:v>597418</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37802</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4223,93 +4224,93 @@
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>535014</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>575799</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4327,82 +4328,82 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>592129</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592201</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4421,51 +4422,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>597258</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -4491,79 +4492,79 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>390031</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>592202</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4991,93 +4992,93 @@
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>550924</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>575798</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5180,51 +5181,51 @@
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>597248</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -5237,51 +5238,51 @@
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -5357,51 +5358,51 @@
       <x:c r="J72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46325</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596787</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>83</x:v>
@@ -5768,93 +5769,93 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>579244</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>581562</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5881,498 +5882,498 @@
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>590732</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>575527</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>581325</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38692</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>575733</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>574899</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>574902</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38173</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46325</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>574904</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39480</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>574936</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>574953</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37802</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6627,616 +6628,616 @@
       <x:c r="R94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>598397</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>575529</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>581318</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>575726</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>575727</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>575728</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>575855</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39480</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>574935</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>574954</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>575541</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>575655</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37802</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -7257,561 +7258,560 @@
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>579240</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38175</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>590758</x:v>
+        <x:v>574777</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>574900</x:v>
+        <x:v>575530</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>37802</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H108" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>46325</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>579238</x:v>
+        <x:v>575708</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>575708</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>575709</x:v>
+        <x:v>575711</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>575711</x:v>
+        <x:v>590758</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>575530</x:v>
+        <x:v>574900</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>39494</x:v>
+        <x:v>37802</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46325</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>574777</x:v>
+        <x:v>579238</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>575710</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37802</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7896,93 +7896,93 @@
       <x:c r="R116" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>579247</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>575853</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8010,209 +8010,209 @@
       <x:c r="R118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>590734</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>575779</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40616</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>581255</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>575729</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -8242,152 +8242,152 @@
       <x:c r="R122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>587487</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>575707</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575528</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8417,150 +8417,150 @@
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>581875</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>577556</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>575531</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37802</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8644,150 +8644,150 @@
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>579241</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>574901</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>574903</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>