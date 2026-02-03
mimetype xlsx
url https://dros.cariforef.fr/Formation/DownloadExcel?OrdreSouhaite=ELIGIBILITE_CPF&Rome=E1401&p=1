--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -623,156 +623,156 @@
   <x:si>
     <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation UX-UI et IA pour le design d'interface (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en animation 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>année préparatoire privée aux concours des écoles supérieures d'art et design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École des nouvelles images</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Supérieure de Design Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure de design, d'arts appliqués et de communication - ESD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en création digitale spécialisation directeur artistique avec IA : Brand design et Motion Design (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Webmarketing standard </x:t>
   </x:si>
   <x:si>
-    <x:t>École Supérieure de Design Marseille</x:t>
-[...35 lines deleted...]
-    <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
+    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>École Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Intuit-lab</x:t>
   </x:si>
   <x:si>
+    <x:t>Directeur de projets image et communication BC01 Elaborer une stratégie d'image et de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet webmarketing et e-commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Directeur de projets image et communication</x:t>
   </x:si>
   <x:si>
-    <x:t>Visiplus</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chef de projet webmarketing et e-commerce (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours marketing and brand management</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
@@ -3782,855 +3782,852 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>549749</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>576512</x:v>
+        <x:v>597372</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>38595</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>15017</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>390031</x:v>
+        <x:v>596996</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38595</x:v>
+        <x:v>34340</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>34530</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>596996</x:v>
+        <x:v>463910</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>34340</x:v>
+        <x:v>35593</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34530</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>463910</x:v>
+        <x:v>496128</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>35593</x:v>
+        <x:v>34919</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>496128</x:v>
+        <x:v>537350</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="C50" s="15" t="s"/>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="n">
+        <x:v>39092</x:v>
+      </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="J50" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>597372</x:v>
+        <x:v>604989</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>34919</x:v>
+        <x:v>38125</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46311</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>537350</x:v>
+        <x:v>588325</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>604989</x:v>
+        <x:v>549746</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>115</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>46311</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S53" s="0" t="n">
+        <x:v>576512</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>15017</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595499</x:v>
+        <x:v>390031</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>549746</x:v>
+        <x:v>576504</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576504</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576585</x:v>
+        <x:v>576586</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>35907</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>576586</x:v>
+        <x:v>595499</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>597371</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
@@ -4646,225 +4643,225 @@
       <x:c r="K60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>613748</x:v>
+        <x:v>613658</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F61" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>607181</x:v>
+        <x:v>583761</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>613658</x:v>
+        <x:v>613748</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>583761</x:v>
+        <x:v>607181</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
@@ -4890,51 +4887,51 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>575027</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32135</x:v>
@@ -4944,51 +4941,51 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>578772</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>63</x:v>
@@ -5058,51 +5055,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>575024</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>63</x:v>
@@ -5283,51 +5280,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>599369</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>63</x:v>