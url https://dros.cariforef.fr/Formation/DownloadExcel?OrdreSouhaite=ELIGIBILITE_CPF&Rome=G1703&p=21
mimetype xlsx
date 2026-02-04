--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -272,51 +272,51 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel réceptionniste hôtellerie et hôtellerie de plein air (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
@@ -863,182 +863,182 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et d'Application du Centre de Culture Ouvrière - Antenne Bordeaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Management en hôtellerie restauration - Option A Management d'unité de restauration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Management en hôtellerie restauration - Option B Management des unités de production culinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel réceptionniste hôtellerie et hôtellerie de plein air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perspectivia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Management en hôtellerie restauration - Option C Management des unités d'hébergement</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Management en hôtellerie restauration - Option B Management des unités de production culinaire</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel réceptionniste hôtellerie et hôtellerie de plein air - Anglais professionnel, maîtrise énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Management en hôtellerie restauration - Option A Management d'unité de restauration</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Réceptionniste hôtellerie et hôtellerie de plein air</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
@@ -1070,90 +1070,90 @@
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assurer les opérations relatives au séjour des clients - Bloc de compétences du titre professionnel Réceptionniste hôtellerie et hôtellerie de plein air</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation accueil-réception module relations usagers clients séniors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
@@ -10083,492 +10083,496 @@
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>556808</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>560747</x:v>
+        <x:v>595840</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>31401</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>42788</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>564388</x:v>
+        <x:v>595586</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>595840</x:v>
+        <x:v>595457</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s"/>
+      <x:c r="E146" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>595586</x:v>
+        <x:v>603887</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="C147" s="3" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C147" s="3" t="n">
+        <x:v>37921</x:v>
+      </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>42776</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>595457</x:v>
+        <x:v>570008</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>603887</x:v>
+        <x:v>607939</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37921</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>570008</x:v>
+        <x:v>607943</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>607939</x:v>
+        <x:v>608186</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -10581,1063 +10585,1058 @@
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>607943</x:v>
+        <x:v>501431</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>608186</x:v>
+        <x:v>603525</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>501431</x:v>
+        <x:v>553466</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>603525</x:v>
+        <x:v>506447</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>553466</x:v>
+        <x:v>509981</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>506447</x:v>
+        <x:v>556269</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>509981</x:v>
+        <x:v>556271</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>556269</x:v>
+        <x:v>512882</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>556271</x:v>
+        <x:v>605555</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>512882</x:v>
+        <x:v>608441</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>605555</x:v>
+        <x:v>494860</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>608441</x:v>
+        <x:v>601288</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>494860</x:v>
+        <x:v>546710</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>601288</x:v>
+        <x:v>560747</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>31401</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>546710</x:v>
+        <x:v>564388</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>560721</x:v>
+        <x:v>595584</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>560734</x:v>
+        <x:v>560721</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>595504</x:v>
+        <x:v>560734</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
@@ -12557,1999 +12556,2002 @@
       <x:c r="S184" s="14" t="n">
         <x:v>602765</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I185" s="4" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q185" s="4" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>601289</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>595584</x:v>
+        <x:v>595504</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>554772</x:v>
+        <x:v>493044</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>542322</x:v>
+        <x:v>598266</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>606264</x:v>
+        <x:v>598816</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>553989</x:v>
+        <x:v>598819</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>553990</x:v>
+        <x:v>598823</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>507659</x:v>
+        <x:v>494196</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>572989</x:v>
+        <x:v>542322</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
+      <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>583826</x:v>
+        <x:v>606264</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>579900</x:v>
+        <x:v>553989</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>493044</x:v>
+        <x:v>553990</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>598266</x:v>
+        <x:v>507659</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>598816</x:v>
+        <x:v>572989</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
+      <x:c r="E199" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F199" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>598819</x:v>
+        <x:v>583826</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s"/>
-      <x:c r="F200" s="14" t="s"/>
+      <x:c r="E200" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F200" s="14" t="s">
+        <x:v>300</x:v>
+      </x:c>
       <x:c r="G200" s="14" t="s">
-        <x:v>288</x:v>
-[...1 lines deleted...]
-      <x:c r="H200" s="14" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>598823</x:v>
+        <x:v>579900</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="U200" s="16" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>494196</x:v>
+        <x:v>585578</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>585578</x:v>
+        <x:v>615348</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>615348</x:v>
+        <x:v>615350</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>615350</x:v>
+        <x:v>581759</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>581759</x:v>
+        <x:v>554772</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>585539</x:v>
+        <x:v>585586</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>606266</x:v>
+        <x:v>585539</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>288</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>572991</x:v>
+        <x:v>606266</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>314</x:v>
-[...2 lines deleted...]
-        <x:v>315</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>573308</x:v>
+        <x:v>572991</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
+      <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>579899</x:v>
+        <x:v>573308</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
+      <x:c r="E211" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F211" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>493042</x:v>
+        <x:v>579899</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>598264</x:v>
+        <x:v>493042</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>321</x:v>
-[...2 lines deleted...]
-        <x:v>322</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>615765</x:v>
+        <x:v>598264</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>288</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>322</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>598818</x:v>
+        <x:v>615765</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>329</x:v>
-[...2 lines deleted...]
-        <x:v>330</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>613781</x:v>
+        <x:v>598818</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>494217</x:v>
+        <x:v>613781</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>553993</x:v>
+        <x:v>542321</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H218" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>555168</x:v>
+        <x:v>553993</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
@@ -14562,51 +14564,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>507645</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14664,54 +14666,54 @@
       <x:c r="L221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>572987</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -14734,226 +14736,226 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>573431</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37921</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>583798</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="U223" s="4" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>579894</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="U224" s="16" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>585586</x:v>
+        <x:v>494217</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15019,54 +15021,54 @@
       <x:c r="L227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>598821</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="U227" s="4" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -15076,397 +15078,394 @@
       <x:c r="L228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>598824</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="U228" s="16" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>598827</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="U229" s="4" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>542321</x:v>
+        <x:v>504169</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>504169</x:v>
+        <x:v>553988</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>553988</x:v>
+        <x:v>553994</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>553994</x:v>
+        <x:v>543659</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>543659</x:v>
+        <x:v>555168</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -15476,51 +15475,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>572988</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -15600,61 +15599,61 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>573430</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G238" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
@@ -15779,51 +15778,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>542318</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
@@ -15836,51 +15835,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>606254</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
@@ -15893,51 +15892,51 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>543664</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42766</x:v>
@@ -16060,51 +16059,51 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>572986</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
@@ -16401,51 +16400,51 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>554770</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
@@ -16680,59 +16679,59 @@
       <x:c r="M256" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>572984</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
@@ -16745,51 +16744,51 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>507597</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -16804,51 +16803,51 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>507598</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
@@ -16871,60 +16870,60 @@
       <x:c r="S259" s="0" t="n">
         <x:v>606252</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G260" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -17321,51 +17320,51 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>553987</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17380,51 +17379,51 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>606253</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
@@ -17486,51 +17485,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>590142</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -17540,51 +17539,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>572985</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -17594,51 +17593,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>572992</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -17659,51 +17658,51 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>572993</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17718,51 +17717,51 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>606228</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
@@ -17775,51 +17774,51 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>606229</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17834,51 +17833,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>606230</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
@@ -17891,51 +17890,51 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>494203</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -18011,63 +18010,63 @@
       <x:c r="R279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>588121</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G280" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -18170,54 +18169,54 @@
       <x:c r="L282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>577322</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="U282" s="16" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>