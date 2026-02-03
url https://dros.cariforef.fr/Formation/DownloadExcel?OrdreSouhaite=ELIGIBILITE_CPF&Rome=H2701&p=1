--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -464,138 +464,138 @@
   <x:si>
     <x:t>Énergie solaire photovoltaïque</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contrat performance énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P et M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mastère européen management environnemental et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Audit énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien des services à l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
@@ -2818,475 +2818,475 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>597475</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
+      <x:c r="I30" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s">
+      <x:c r="J30" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="K30" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L30" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M30" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N30" s="15" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="O30" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="P30" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="I30" s="16" t="s">
-[...26 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>523289</x:v>
+        <x:v>594400</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C31" s="3" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>35489</x:v>
+      </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>594400</x:v>
+        <x:v>596772</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>22213</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596772</x:v>
+        <x:v>594403</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>594403</x:v>
+        <x:v>594405</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>594405</x:v>
+        <x:v>594416</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594416</x:v>
+        <x:v>594417</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="I36" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
+      <x:c r="K36" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L36" s="14" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="M36" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="N36" s="15" t="n">
+        <x:v>24111</x:v>
+      </x:c>
+      <x:c r="O36" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="H36" s="14" t="s"/>
-      <x:c r="I36" s="16" t="s">
+      <x:c r="P36" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="S36" s="14" t="n">
+        <x:v>523289</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="J36" s="14" t="s">
-[...23 lines deleted...]
-      <x:c r="R36" s="14" t="s">
+      <x:c r="U36" s="16" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36334</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>612935</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -3384,78 +3384,78 @@
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>609295</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -3962,90 +3962,90 @@
       <x:c r="R50" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>594395</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>596710</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>52</x:v>
@@ -4171,82 +4171,82 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>594419</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575554</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4327,51 +4327,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>614784</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">