--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -518,99 +518,99 @@
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Irata niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Formation Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Olivier Dupeyre Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -4465,555 +4465,555 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>611674</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>31701</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>611675</x:v>
+        <x:v>591735</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>31701</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>538777</x:v>
+        <x:v>591746</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>31701</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>539112</x:v>
+        <x:v>591754</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31754</x:v>
+        <x:v>31701</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>591735</x:v>
+        <x:v>605158</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>31754</x:v>
+        <x:v>31701</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>591746</x:v>
+        <x:v>614247</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>591754</x:v>
+        <x:v>610830</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>605158</x:v>
+        <x:v>598239</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>614247</x:v>
+        <x:v>611675</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>31754</x:v>
+        <x:v>31701</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>610830</x:v>
+        <x:v>538777</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S76" s="14" t="n">
+        <x:v>539112</x:v>
+      </x:c>
+      <x:c r="T76" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">