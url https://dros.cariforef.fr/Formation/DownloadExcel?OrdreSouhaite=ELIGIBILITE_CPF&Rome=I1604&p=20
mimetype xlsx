--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1202,249 +1202,249 @@
   <x:si>
     <x:t>Lycée Professionnel Robert Schuman</x:t>
   </x:si>
   <x:si>
     <x:t>Réceptionnaire après-vente véhicules légers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe National pour la Formation Automobile</x:t>
   </x:si>
   <x:si>
     <x:t>GNFA</x:t>
   </x:si>
   <x:si>
     <x:t>92190</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement National pour la Formation Automobile - Antenne Brignoles</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Stanislas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS maintenance des véhicules option B : véhicules de transport routier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO Maintenance des véhicules - Option A Voitures particulières</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP St-André (les Routiers)</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
-    <x:t>BAC PRO Maintenance des véhicules - Option A Voitures particulières</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Stanislas</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>IRVE P2 - P3 : installer des bornes de recharge AC ou DC avec configuration spécifique pour la communication ou la supervision - ELV023</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôleur technique de véhicules légers</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôleur technique de véhicules légers - version courte</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien de maintenance automobile</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Maintenance des véhicules - Option C Motocycles</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO Maintenance des véhicules - Option C - Motocycles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Maintenance des véhicules - Option A Voitures particulières</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Effectuer l’entretien périodique, remplacer les pneus et les éléments du système de freinage des véhicules automobiles - Bloc de compétences du titre professionnel mécanicien de maintenance automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Maintenance des véhicules - Option B Véhicules de transport routier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Effectuer l’entretien périodique, remplacer les pneus et les éléments du système de freinage des véhicules automobiles - Bloc de compétences du titre professionnel mécanicien automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP contrôleur technique V.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auto Nome - Formation Contrôle Automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Maintenance des véhicules - Option Véhicules légers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP MVTR- Maintenance des véhicules - Option véhicules de transport routier (à partir de la rentrée 2025)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP maintenance nautique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Mécanicien réparateur de véhicules industriels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Mécanicien de maintenance automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien électromécanicien automobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP maintenance des véhicules option véhicules légers blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Passpassion</x:t>
   </x:si>
   <x:si>
     <x:t>31400</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel mécanicien de maintenance automobile</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
@@ -22109,3382 +22109,3381 @@
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>448676</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="H348" s="14" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H348" s="14" t="s">
+        <x:v>225</x:v>
+      </x:c>
       <x:c r="I348" s="16" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>592426</x:v>
+        <x:v>616745</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>212</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>592440</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>592450</x:v>
+        <x:v>595850</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
+      <x:c r="E351" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>592451</x:v>
+        <x:v>494820</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s"/>
+      <x:c r="E352" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>557479</x:v>
+        <x:v>494823</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
+      <x:c r="E353" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>557484</x:v>
+        <x:v>494878</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C354" s="15" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C354" s="15" t="n">
+        <x:v>40009</x:v>
+      </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s"/>
+      <x:c r="E354" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H354" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>112</x:v>
-[...1 lines deleted...]
-      <x:c r="J354" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J354" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>607193</x:v>
+        <x:v>495839</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
+      <x:c r="E355" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>597097</x:v>
+        <x:v>502052</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s"/>
+      <x:c r="E356" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>378</x:v>
-[...1 lines deleted...]
-      <x:c r="H356" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>597100</x:v>
+        <x:v>502118</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
+      <x:c r="E357" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>592431</x:v>
+        <x:v>614541</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
-      <x:c r="E358" s="14" t="s"/>
+      <x:c r="E358" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>380</x:v>
-[...1 lines deleted...]
-      <x:c r="H358" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>592432</x:v>
+        <x:v>614544</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
+      <x:c r="E359" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>592439</x:v>
+        <x:v>547839</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>592442</x:v>
+        <x:v>478660</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
+      <x:c r="E361" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>592456</x:v>
+        <x:v>497679</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s"/>
+      <x:c r="E362" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="H362" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>592457</x:v>
+        <x:v>601709</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
+      <x:c r="E363" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>592462</x:v>
+        <x:v>601720</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H364" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I364" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>587974</x:v>
+        <x:v>604782</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
+      <x:c r="E365" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H365" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>455387</x:v>
+        <x:v>604815</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C366" s="15" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C366" s="15" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D366" s="15" t="s"/>
-      <x:c r="E366" s="14" t="s"/>
+      <x:c r="E366" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="J366" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J366" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>610948</x:v>
+        <x:v>604819</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C367" s="3" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D367" s="3" t="s"/>
+      <x:c r="E367" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>611008</x:v>
+        <x:v>501152</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C368" s="15" t="s"/>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C368" s="15" t="n">
+        <x:v>40997</x:v>
+      </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="J368" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J368" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>616746</x:v>
+        <x:v>604874</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C369" s="3" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C369" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D369" s="3" t="s"/>
+      <x:c r="E369" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>616764</x:v>
+        <x:v>549623</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s"/>
+      <x:c r="E370" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>570032</x:v>
+        <x:v>501721</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>174</x:v>
-[...1 lines deleted...]
-      <x:c r="C371" s="3" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C371" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D371" s="3" t="s"/>
+      <x:c r="E371" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J371" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>611909</x:v>
+        <x:v>552877</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C372" s="15" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C372" s="15" t="n">
+        <x:v>40009</x:v>
+      </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>384</x:v>
-[...1 lines deleted...]
-      <x:c r="H372" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>385</x:v>
-[...1 lines deleted...]
-      <x:c r="J372" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J372" s="14" t="s">
+        <x:v>64</x:v>
+      </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>594206</x:v>
+        <x:v>547312</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
+      <x:c r="E373" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>595850</x:v>
+        <x:v>547390</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>39809</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H374" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
       <x:c r="I374" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>494820</x:v>
+        <x:v>547392</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>494823</x:v>
+        <x:v>558734</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>494878</x:v>
+        <x:v>616854</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>495839</x:v>
+        <x:v>616863</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>502052</x:v>
+        <x:v>608776</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>502118</x:v>
+        <x:v>614059</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>41864</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>614541</x:v>
+        <x:v>548925</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>41864</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>614544</x:v>
+        <x:v>564538</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H382" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>547839</x:v>
+        <x:v>448677</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>478660</x:v>
+        <x:v>451676</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>497679</x:v>
+        <x:v>592426</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>601709</x:v>
+        <x:v>592440</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>119</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>601720</x:v>
+        <x:v>592450</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>40996</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
-      <x:c r="E387" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>604782</x:v>
+        <x:v>592451</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
-      <x:c r="E388" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>604815</x:v>
+        <x:v>557479</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
-      <x:c r="E389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>604819</x:v>
+        <x:v>557484</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>501152</x:v>
+        <x:v>607193</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
-      <x:c r="E391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>604874</x:v>
+        <x:v>597097</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>549623</x:v>
+        <x:v>597100</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
-      <x:c r="E393" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>501721</x:v>
+        <x:v>592431</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
-      <x:c r="E394" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>552877</x:v>
+        <x:v>592432</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
-      <x:c r="E395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>193</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>547312</x:v>
+        <x:v>592439</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>547390</x:v>
+        <x:v>592442</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>39809</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
-      <x:c r="E397" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>193</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>547392</x:v>
+        <x:v>592456</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>558734</x:v>
+        <x:v>592457</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>41864</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
-      <x:c r="E399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>616854</x:v>
+        <x:v>592462</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>41864</x:v>
+        <x:v>39809</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
-      <x:c r="E400" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>616863</x:v>
+        <x:v>587974</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
-      <x:c r="E401" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>608776</x:v>
+        <x:v>610948</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>614059</x:v>
+        <x:v>611008</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>548925</x:v>
+        <x:v>549074</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>291</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>252</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>549074</x:v>
+        <x:v>561400</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>146</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
-      <x:c r="E405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>448677</x:v>
+        <x:v>561418</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>40996</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -25505,519 +25504,518 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>592420</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>225</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>616745</x:v>
+        <x:v>561410</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>451676</x:v>
+        <x:v>561414</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>561410</x:v>
+        <x:v>561420</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>561414</x:v>
+        <x:v>561425</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>561420</x:v>
+        <x:v>616746</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>200</x:v>
-[...1 lines deleted...]
-      <x:c r="H412" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>561425</x:v>
+        <x:v>616764</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="C413" s="3" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="n">
+        <x:v>39809</x:v>
+      </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H413" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J413" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>561400</x:v>
+        <x:v>570032</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>561418</x:v>
+        <x:v>611909</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>532294</x:v>
+        <x:v>515273</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
@@ -26329,2664 +26327,2664 @@
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>554022</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>564534</x:v>
+        <x:v>460644</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>564538</x:v>
+        <x:v>571638</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>564544</x:v>
+        <x:v>523504</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>587818</x:v>
+        <x:v>553985</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H426" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>460644</x:v>
+        <x:v>532294</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>571638</x:v>
+        <x:v>607395</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>523504</x:v>
+        <x:v>494208</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>288</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>553985</x:v>
+        <x:v>572456</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38102</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H430" s="14" t="s"/>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s">
+        <x:v>225</x:v>
+      </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>515273</x:v>
+        <x:v>572826</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H431" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>494208</x:v>
+        <x:v>585550</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>572456</x:v>
+        <x:v>493610</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>38102</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>572826</x:v>
+        <x:v>540491</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>585550</x:v>
+        <x:v>559815</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>36915</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>493610</x:v>
+        <x:v>578934</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>540491</x:v>
+        <x:v>568562</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>559815</x:v>
+        <x:v>587260</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>36915</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>23649</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>578934</x:v>
+        <x:v>587261</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>568562</x:v>
+        <x:v>571471</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>587260</x:v>
+        <x:v>571472</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>40997</x:v>
+        <x:v>35227</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>23615</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>587261</x:v>
+        <x:v>542486</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>571471</x:v>
+        <x:v>542488</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>571472</x:v>
+        <x:v>519893</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>35227</x:v>
+        <x:v>38295</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="H444" s="14" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>542486</x:v>
+        <x:v>519896</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>38295</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>542488</x:v>
+        <x:v>542242</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>519893</x:v>
+        <x:v>576012</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38295</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>519896</x:v>
+        <x:v>572455</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38295</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>542242</x:v>
+        <x:v>572457</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>576012</x:v>
+        <x:v>611004</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>607395</x:v>
+        <x:v>564534</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>251</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>572455</x:v>
+        <x:v>564544</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>572457</x:v>
+        <x:v>587818</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>38101</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>611004</x:v>
+        <x:v>564549</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>564549</x:v>
+        <x:v>564553</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>564553</x:v>
+        <x:v>532226</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>532226</x:v>
+        <x:v>616763</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>616763</x:v>
+        <x:v>542489</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>542489</x:v>
+        <x:v>542491</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>542491</x:v>
+        <x:v>543636</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>543636</x:v>
+        <x:v>587907</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>587907</x:v>
+        <x:v>564543</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>564543</x:v>
+        <x:v>564548</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>564548</x:v>
+        <x:v>564552</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s"/>
-      <x:c r="F464" s="14" t="s"/>
+      <x:c r="E464" s="14" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F464" s="14" t="s">
+        <x:v>447</x:v>
+      </x:c>
       <x:c r="G464" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H464" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>564552</x:v>
+        <x:v>583836</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38101</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
-      <x:c r="E465" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>583836</x:v>
+        <x:v>541907</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>541907</x:v>
+        <x:v>568530</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>225</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>568530</x:v>
+        <x:v>455387</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
@@ -28999,51 +28997,51 @@
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>588540</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>23637</x:v>
@@ -29112,51 +29110,51 @@
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>572002</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>23637</x:v>
@@ -29277,102 +29275,102 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>544799</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>579163</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -29393,51 +29391,51 @@
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>568561</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
@@ -29450,51 +29448,51 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>588541</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>23637</x:v>
@@ -29504,51 +29502,51 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>523511</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29563,100 +29561,100 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>606287</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>519844</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -29797,87 +29795,87 @@
       <x:c r="R482" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>564555</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>587819</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
@@ -29903,674 +29901,678 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>563975</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>551761</x:v>
+        <x:v>576013</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>38102</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>576013</x:v>
+        <x:v>572840</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>38102</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>572840</x:v>
+        <x:v>572453</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>572453</x:v>
+        <x:v>460678</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>460678</x:v>
+        <x:v>564554</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>23635</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>564554</x:v>
+        <x:v>587257</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>587257</x:v>
+        <x:v>587262</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>38295</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>587262</x:v>
+        <x:v>542231</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>38295</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>542231</x:v>
+        <x:v>576782</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>35227</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>576782</x:v>
+        <x:v>585551</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>35227</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>585551</x:v>
+        <x:v>570923</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -30579,114 +30581,114 @@
       <x:c r="K496" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>570923</x:v>
+        <x:v>589737</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>589737</x:v>
+        <x:v>576031</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
@@ -30695,1142 +30697,1140 @@
       <x:c r="K498" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>576031</x:v>
+        <x:v>576032</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>576032</x:v>
+        <x:v>607364</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>607364</x:v>
+        <x:v>577394</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>588514</x:v>
+        <x:v>493632</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38101</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>577394</x:v>
+        <x:v>579301</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>493632</x:v>
+        <x:v>563966</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>38101</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>579301</x:v>
+        <x:v>587975</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>38101</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>563966</x:v>
+        <x:v>610944</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>40997</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>23615</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>587975</x:v>
+        <x:v>564533</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>38101</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-        <x:v>225</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>610944</x:v>
+        <x:v>564537</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H508" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>564533</x:v>
+        <x:v>580001</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>40009</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>23637</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>564537</x:v>
+        <x:v>518575</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>580001</x:v>
+        <x:v>616744</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>23615</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>518575</x:v>
+        <x:v>509246</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>616744</x:v>
+        <x:v>573305</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>23615</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>509246</x:v>
+        <x:v>606240</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>40009</x:v>
+        <x:v>38367</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>573305</x:v>
+        <x:v>550642</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>38367</x:v>
+        <x:v>37320</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>23635</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>606240</x:v>
+        <x:v>571639</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>38367</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>550642</x:v>
+        <x:v>551761</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>37320</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>23649</x:v>
+        <x:v>23637</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>571639</x:v>
+        <x:v>588514</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -31910,51 +31910,51 @@
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>532296</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38367</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>27</x:v>
@@ -31967,51 +31967,51 @@
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>587955</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>23637</x:v>
@@ -32021,51 +32021,51 @@
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>587258</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>40997</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>27</x:v>
@@ -32144,84 +32144,84 @@
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>532222</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>36915</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="I524" s="16" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="Q524" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="Q524" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>578933</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -32240,54 +32240,54 @@
       <x:c r="L525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>568531</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -32410,111 +32410,111 @@
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>559660</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38295</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>519847</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>37320</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
@@ -32762,51 +32762,51 @@
       <x:c r="M534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>23649</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>570922</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>139</x:v>
       </x:c>