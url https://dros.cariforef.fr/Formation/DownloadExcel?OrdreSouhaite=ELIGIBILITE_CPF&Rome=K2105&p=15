--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -707,69 +707,69 @@
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La kora : l'héritage, les accords et techniques, la composition</x:t>
   </x:si>
   <x:si>
     <x:t>L’Art du Makam et l’éveil de la créativité modale</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
@@ -5343,522 +5343,522 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592305</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>39404</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>45073</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>597204</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>599182</x:v>
+        <x:v>581041</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>61</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45073</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>536110</x:v>
+        <x:v>597204</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>615056</x:v>
+        <x:v>599182</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>587060</x:v>
+        <x:v>536110</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>587061</x:v>
+        <x:v>615056</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>598837</x:v>
+        <x:v>587060</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>592096</x:v>
+        <x:v>587061</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581041</x:v>
+        <x:v>598837</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>63</x:v>