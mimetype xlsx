--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -170,123 +170,123 @@
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Art spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUST arts, lettres, langues spécialité formation de base aux métiers du théâtre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art dramatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Mettre en scène hors les murs : premiers essais</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Avancée et Itinérante des Arts de la Rue</x:t>
   </x:si>
   <x:si>
     <x:t>FAI AR</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mise en scène spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention arts du spectacle parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
@@ -903,406 +903,406 @@
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>592522</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C3" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C3" s="3" t="n">
+        <x:v>40470</x:v>
+      </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>45050</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="Q3" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="R3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="Q3" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>611751</x:v>
+        <x:v>592521</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>39264</x:v>
+        <x:v>2911</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592074</x:v>
+        <x:v>596501</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>45022</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>596501</x:v>
+        <x:v>611751</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>40470</x:v>
+        <x:v>39264</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592521</x:v>
+        <x:v>592075</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39264</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592075</x:v>
+        <x:v>592074</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40470</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>575774</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40470</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>575775</x:v>
       </x:c>