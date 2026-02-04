--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -182,84 +182,84 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Intuit-lab</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>année préparatoire publique aux concours des écoles supérieures d'art et de design</x:t>
   </x:si>
   <x:si>
+    <x:t>Beaux-Arts de Marseille - Ecole supérieure publique d'art et de design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Beaux-Arts de Marseille - INSEAMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>École municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>École d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
@@ -1596,100 +1596,100 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>594642</x:v>
+        <x:v>594641</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>594643</x:v>
+        <x:v>594642</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>46</x:v>
@@ -1698,97 +1698,97 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>594641</x:v>
+        <x:v>594643</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>596491</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -2276,54 +2276,54 @@
       <x:c r="I17" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>516316</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
@@ -2333,108 +2333,108 @@
       <x:c r="I18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>522301</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>522315</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
@@ -2444,54 +2444,54 @@
       <x:c r="I20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>522300</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -2555,54 +2555,54 @@
       <x:c r="I22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>522311</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -2920,81 +2920,81 @@
       <x:c r="R28" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>595531</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>595533</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
@@ -3031,249 +3031,249 @@
       <x:c r="R30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>595534</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595532</x:v>
+        <x:v>595530</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595530</x:v>
+        <x:v>595532</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>595535</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>595943</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -3364,195 +3364,195 @@
       <x:c r="R36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595941</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>595944</x:v>
+        <x:v>595939</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595942</x:v>
+        <x:v>595944</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595939</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
@@ -3586,81 +3586,81 @@
       <x:c r="R40" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>595946</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>595945</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -4674,51 +4674,51 @@
       <x:c r="I61" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>612734</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -4727,100 +4727,100 @@
         <x:v>210</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>612741</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>612736</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -4887,51 +4887,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">