--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -281,60 +281,60 @@
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager des hébergements touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des hébergements touristiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable des activités du tourisme et des voyages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tourisme affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>responsable des activités du tourisme et des voyages</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable des activités du tourisme et des voyages (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1460,160 +1460,159 @@
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>542081</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37502</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42625</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597102</x:v>
+        <x:v>574717</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37502</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42625</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>574717</x:v>
+        <x:v>597102</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37502</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>50</x:v>