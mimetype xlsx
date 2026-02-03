--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -452,50 +452,53 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
@@ -548,53 +551,50 @@
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>05260</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
@@ -719,62 +719,62 @@
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique</x:t>
   </x:si>
   <x:si>
+    <x:t>LP P Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
-    <x:t>LP P Latécoère</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
@@ -1088,135 +1088,135 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien systèmes réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Trajectoire gagnante vers les métiers de l'industrie (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Job Stream</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARTIGUES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3550,1324 +3550,1322 @@
         <x:v>596902</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>556397</x:v>
+        <x:v>601931</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>549691</x:v>
+        <x:v>556397</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>498536</x:v>
+        <x:v>549691</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>556773</x:v>
+        <x:v>498536</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>511023</x:v>
+        <x:v>556773</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>602808</x:v>
+        <x:v>511023</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>555737</x:v>
+        <x:v>602808</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>609463</x:v>
+        <x:v>555737</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>609463</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602809</x:v>
+        <x:v>611312</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>605051</x:v>
+        <x:v>602809</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-        <x:v>131</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>556772</x:v>
+        <x:v>605051</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>501068</x:v>
+        <x:v>556772</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>558865</x:v>
+        <x:v>501068</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>608108</x:v>
+        <x:v>558865</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>507188</x:v>
+        <x:v>608108</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>546875</x:v>
+        <x:v>507188</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>517808</x:v>
+        <x:v>546875</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>552270</x:v>
+        <x:v>517808</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>507189</x:v>
+        <x:v>552270</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>601931</x:v>
+        <x:v>507189</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>507187</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
@@ -4951,54 +4949,54 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>604926</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -5186,51 +5184,51 @@
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>504717</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
@@ -5266,78 +5264,78 @@
       <x:c r="S62" s="14" t="n">
         <x:v>549005</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>609462</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
@@ -5358,51 +5356,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>502395</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -5561,79 +5559,79 @@
         <x:v>558736</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>602152</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
@@ -5677,90 +5675,90 @@
         <x:v>611248</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>509343</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -5798,57 +5796,57 @@
         <x:v>560932</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5966,1120 +5964,1120 @@
       <x:c r="R74" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>596919</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>596914</x:v>
+        <x:v>596918</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>596911</x:v>
+        <x:v>596914</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596916</x:v>
+        <x:v>596911</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>596917</x:v>
+        <x:v>596916</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>596912</x:v>
+        <x:v>596917</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>596909</x:v>
+        <x:v>596912</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>596920</x:v>
+        <x:v>596909</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>596910</x:v>
+        <x:v>596920</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>596913</x:v>
+        <x:v>596910</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>596918</x:v>
+        <x:v>596913</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>609464</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>556775</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>609465</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>501067</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>550244</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>556774</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>605691</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>509351</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>611313</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -7682,315 +7680,317 @@
       <x:c r="R104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>550631</x:v>
+        <x:v>585529</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>493595</x:v>
+        <x:v>585530</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>541903</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>582019</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>551763</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -7999,171 +7999,168 @@
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>585529</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>585530</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>587887</x:v>
+        <x:v>551763</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8304,307 +8301,307 @@
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>594152</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>594148</x:v>
+        <x:v>594146</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>594151</x:v>
+        <x:v>594156</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>594153</x:v>
+        <x:v>594148</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>594146</x:v>
+        <x:v>594151</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>594156</x:v>
+        <x:v>594153</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -8785,51 +8782,51 @@
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -9712,57 +9709,57 @@
       <x:c r="S140" s="14" t="n">
         <x:v>587889</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -9846,51 +9843,51 @@
         <x:v>232</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>547086</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -9907,51 +9904,51 @@
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -9979,54 +9976,54 @@
       <x:c r="I145" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>514132</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -10092,54 +10089,54 @@
       <x:c r="G147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>602318</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10199,502 +10196,502 @@
         <x:v>232</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>600491</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>500990</x:v>
+        <x:v>498691</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>500994</x:v>
+        <x:v>500990</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>547697</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>602810</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>556825</x:v>
+        <x:v>602810</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>498691</x:v>
+        <x:v>556825</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10726,57 +10723,57 @@
         <x:v>514131</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -10904,57 +10901,57 @@
       <x:c r="S160" s="14" t="n">
         <x:v>602215</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -10965,90 +10962,90 @@
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -11086,117 +11083,117 @@
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>500992</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -11207,172 +11204,172 @@
         <x:v>550254</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>550264</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -11409,54 +11406,54 @@
       <x:c r="G169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
@@ -11574,99 +11571,99 @@
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>600493</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -11740,57 +11737,57 @@
       <x:c r="S174" s="14" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -11922,90 +11919,90 @@
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -12098,57 +12095,57 @@
       <x:c r="S180" s="14" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -12159,57 +12156,57 @@
         <x:v>605692</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -12219,84 +12216,84 @@
       <x:c r="S182" s="14" t="n">
         <x:v>605694</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>605695</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -12399,57 +12396,57 @@
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -12474,75 +12471,75 @@
         <x:v>232</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>36</x:v>
@@ -12641,57 +12638,57 @@
         <x:v>602214</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12795,51 +12792,51 @@
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>510678</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -14195,51 +14192,51 @@
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>613763</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -14252,51 +14249,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>578852</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -14306,51 +14303,51 @@
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -14365,191 +14362,191 @@
       <x:c r="B220" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>608682</x:v>
+        <x:v>608683</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>509830</x:v>
+        <x:v>608682</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>608683</x:v>
+        <x:v>509830</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>346</x:v>
@@ -14560,51 +14557,51 @@
       <x:c r="K223" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>612884</x:v>
+        <x:v>612882</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>345</x:v>
@@ -14616,112 +14613,112 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="S224" s="14" t="n">
+        <x:v>614728</x:v>
+      </x:c>
+      <x:c r="T224" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="S224" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T224" s="16" t="s">
+      <x:c r="U224" s="16" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>612882</x:v>
+        <x:v>612884</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G226" s="14" t="s">
         <x:v>345</x:v>
@@ -14733,54 +14730,54 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>614728</x:v>
+        <x:v>612881</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>345</x:v>
@@ -14791,51 +14788,51 @@
       <x:c r="I227" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>614729</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s">
         <x:v>344</x:v>
@@ -14850,112 +14847,112 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="S228" s="14" t="n">
+        <x:v>612883</x:v>
+      </x:c>
+      <x:c r="T228" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="S228" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T228" s="16" t="s">
+      <x:c r="U228" s="16" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>612883</x:v>
+        <x:v>614730</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 