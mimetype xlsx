--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -890,71 +890,71 @@
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINTE-TULLE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
@@ -1412,59 +1412,59 @@
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APS + secourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et Actualisation des Compétences Agent de Prévention et de Sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
@@ -1472,57 +1472,57 @@
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
@@ -6034,366 +6034,366 @@
       <x:c r="I71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>591670</x:v>
+        <x:v>591667</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>591678</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>610763</x:v>
+        <x:v>591670</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>610774</x:v>
+        <x:v>610763</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>591667</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>591678</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
@@ -6501,94 +6501,94 @@
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6958,51 +6958,51 @@
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591688</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
@@ -13027,51 +13027,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>610894</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
@@ -13429,51 +13429,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
@@ -13784,264 +13784,264 @@
       <x:c r="I215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>610795</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>591705</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>591709</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>591715</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -14402,54 +14402,54 @@
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
@@ -14498,51 +14498,51 @@
       <x:c r="I229" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>591690</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15559,135 +15559,135 @@
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>599036</x:v>
+        <x:v>540596</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>540596</x:v>
+        <x:v>599036</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="U251" s="4" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
@@ -15754,51 +15754,51 @@
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>569653</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
@@ -15813,51 +15813,51 @@
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>546767</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -16048,51 +16048,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>603084</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>466</x:v>
       </x:c>