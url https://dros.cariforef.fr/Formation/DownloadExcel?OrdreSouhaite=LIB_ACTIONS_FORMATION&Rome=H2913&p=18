--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -383,86 +383,86 @@
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Jean Perrin</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien en réalisation de produits mécaniques - Réalisation et suivi de production</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en soudage</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en soudage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Louis Blériot</x:t>
@@ -602,57 +602,57 @@
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder à plat des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie à plat avec le procédé à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inert Gas des ensembles de tuyauterie - Bloc de compétences du titre professionnel Soudeur TIG électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder en toutes positions des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
@@ -3464,173 +3464,175 @@
       <x:c r="K35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>500955</x:v>
+        <x:v>500971</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>547830</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>550207</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>101</x:v>
@@ -3644,469 +3646,465 @@
       <x:c r="K38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>500971</x:v>
+        <x:v>605642</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>604331</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605642</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>605645</x:v>
+        <x:v>500955</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>451221</x:v>
+        <x:v>547830</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="Q44" s="16" t="s">
+      <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>493114</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>605644</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4117,111 +4115,111 @@
       <x:c r="H46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>500959</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
@@ -4233,54 +4231,54 @@
         <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>604350</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
@@ -4293,57 +4291,57 @@
       <x:c r="H49" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>605643</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4366,166 +4364,166 @@
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>451217</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>451219</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>500951</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4535,57 +4533,57 @@
       <x:c r="H53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>500963</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4594,54 +4592,54 @@
         <x:v>79</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>547758</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
@@ -4654,57 +4652,57 @@
       <x:c r="H55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>550206</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4836,57 +4834,57 @@
       <x:c r="H58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>550210</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4955,54 +4953,54 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>515762</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
@@ -5870,100 +5868,100 @@
         <x:v>153</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>562358</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>591728</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>136</x:v>
@@ -6672,230 +6670,230 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>577354</x:v>
+        <x:v>577352</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>577352</x:v>
+        <x:v>577354</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>598098</x:v>
+        <x:v>598060</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>598097</x:v>
+        <x:v>598061</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -6904,224 +6902,224 @@
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>598060</x:v>
+        <x:v>598064</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>598061</x:v>
+        <x:v>598065</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>598064</x:v>
+        <x:v>598093</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>598065</x:v>
+        <x:v>598098</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
@@ -7136,114 +7134,114 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>598093</x:v>
+        <x:v>598094</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>598094</x:v>
+        <x:v>598097</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7948,114 +7946,114 @@
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>604444</x:v>
+        <x:v>604443</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>604443</x:v>
+        <x:v>604444</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8064,346 +8062,346 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>607365</x:v>
+        <x:v>604449</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>604449</x:v>
+        <x:v>604451</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>604451</x:v>
+        <x:v>604510</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>604510</x:v>
+        <x:v>604512</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>604512</x:v>
+        <x:v>615558</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>615558</x:v>
+        <x:v>604450</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8412,57 +8410,57 @@
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>604450</x:v>
+        <x:v>607365</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8647,51 +8645,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>607396</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8704,54 +8702,54 @@
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>615868</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="U125" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
@@ -9049,57 +9047,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>547926</x:v>
+        <x:v>576741</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9108,694 +9106,694 @@
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>576743</x:v>
+        <x:v>576742</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>577357</x:v>
+        <x:v>547926</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>548067</x:v>
+        <x:v>576743</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>576741</x:v>
+        <x:v>577357</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>576742</x:v>
+        <x:v>577355</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>577355</x:v>
+        <x:v>548067</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>598070</x:v>
+        <x:v>598101</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>598101</x:v>
+        <x:v>598104</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>598104</x:v>
+        <x:v>547921</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>547921</x:v>
+        <x:v>547922</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>547922</x:v>
+        <x:v>598102</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>598102</x:v>
+        <x:v>598070</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -11850,852 +11848,852 @@
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>570959</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>532197</x:v>
+        <x:v>610107</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>571679</x:v>
+        <x:v>604488</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>532196</x:v>
+        <x:v>571681</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>570960</x:v>
+        <x:v>575522</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>532268</x:v>
+        <x:v>604424</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>566370</x:v>
+        <x:v>571687</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>566314</x:v>
+        <x:v>532197</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>613802</x:v>
+        <x:v>571679</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>610107</x:v>
+        <x:v>532196</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>604488</x:v>
+        <x:v>570960</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>571681</x:v>
+        <x:v>532268</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>575522</x:v>
+        <x:v>566370</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>604424</x:v>
+        <x:v>566314</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>571687</x:v>
+        <x:v>613802</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -14907,51 +14905,51 @@
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>610937</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -14964,51 +14962,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>616366</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -15330,51 +15328,51 @@
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>612878</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -15691,54 +15689,54 @@
       <x:c r="I245" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>604198</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>99</x:v>
       </x:c>