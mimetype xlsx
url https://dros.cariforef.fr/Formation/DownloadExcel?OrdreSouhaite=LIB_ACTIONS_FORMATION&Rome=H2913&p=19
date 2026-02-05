--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -203,65 +203,65 @@
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assembler les éléments d'un ensemble métallique - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/26/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BAC PRO Technicien en Chaudronnerie Industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Construction métallique</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
@@ -371,74 +371,74 @@
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blériot</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional CFAI Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFAI PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional CFAI Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
@@ -626,56 +626,56 @@
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inert Gas des ensembles de tuyauterie - Bloc de compétences du titre professionnel Soudeur TIG électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder en toutes positions des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur Assembleur Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
@@ -749,83 +749,83 @@
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur en tuyauterie industrielle naval</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur inox suivant la norme ISO 9606-1 + Rccm</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur international multi procédés (FTJ)</x:t>
   </x:si>
   <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/29/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Soudeur TIG électrode enrobée</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/27/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Soudure et auto-construction d'outillages</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale pour le Développement de l'Emploi Agricole et Rural Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>ARDEAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>84953</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Demandeur d'emploi , Exploitant agricole, salarié agricole</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialiste international en soudage (IWS) + Cofrend</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
@@ -941,63 +941,63 @@
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle - Naval</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>Tuyauteur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2009,266 +2009,266 @@
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>604518</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>604516</x:v>
+        <x:v>604452</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>604454</x:v>
+        <x:v>604514</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>604452</x:v>
+        <x:v>604516</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>604514</x:v>
+        <x:v>604454</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -2335,51 +2335,51 @@
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>604513</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
@@ -2451,54 +2451,54 @@
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>604453</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -2510,54 +2510,54 @@
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>604455</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3257,951 +3257,951 @@
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>581434</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>491064</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>595770</x:v>
+        <x:v>491064</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>595770</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>604331</x:v>
+        <x:v>500971</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605642</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605645</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>500971</x:v>
+        <x:v>605642</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>451221</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>493114</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>500955</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>550207</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>605644</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>500959</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>604611</x:v>
       </x:c>
@@ -4216,773 +4216,773 @@
       <x:c r="A48" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>604350</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>605643</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>451217</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>451219</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>500951</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>500963</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>547758</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>550206</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>550208</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>550209</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>550210</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>605641</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>515762</x:v>
       </x:c>
@@ -5208,122 +5208,122 @@
       <x:c r="S64" s="14" t="n">
         <x:v>594226</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605712</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>547814</x:v>
       </x:c>
@@ -5336,51 +5336,51 @@
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>602275</x:v>
       </x:c>
@@ -5395,126 +5395,126 @@
       <x:c r="A68" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>558742</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>550281</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
@@ -5590,114 +5590,114 @@
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>573826</x:v>
+        <x:v>598117</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>598117</x:v>
+        <x:v>573826</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5868,100 +5868,100 @@
         <x:v>153</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>562358</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>591728</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>136</x:v>
@@ -6153,51 +6153,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>576738</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6495,57 +6495,57 @@
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>576740</x:v>
+        <x:v>547923</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6554,114 +6554,114 @@
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>547923</x:v>
+        <x:v>576740</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>577354</x:v>
+        <x:v>548064</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6670,230 +6670,230 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>548064</x:v>
+        <x:v>577352</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>577352</x:v>
+        <x:v>577354</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>598098</x:v>
+        <x:v>598060</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>598060</x:v>
+        <x:v>598061</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -6902,230 +6902,230 @@
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>598061</x:v>
+        <x:v>598064</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>598064</x:v>
+        <x:v>598065</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>598065</x:v>
+        <x:v>598093</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>598093</x:v>
+        <x:v>598098</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7137,54 +7137,54 @@
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>598094</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7256,51 +7256,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>598063</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7313,51 +7313,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>598096</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -7604,51 +7604,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>604505</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7890,54 +7890,54 @@
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>604504</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -7949,54 +7949,54 @@
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>604443</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8009,51 +8009,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>604444</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8199,209 +8199,209 @@
       <x:c r="R116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>604510</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>615558</x:v>
+        <x:v>604512</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>604512</x:v>
+        <x:v>615558</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>607365</x:v>
+        <x:v>604450</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8410,167 +8410,167 @@
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>604448</x:v>
+        <x:v>607365</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>604511</x:v>
+        <x:v>604448</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>604450</x:v>
+        <x:v>604511</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -8589,51 +8589,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604509</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -9053,51 +9053,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>576741</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9344,51 +9344,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>577355</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9460,51 +9460,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>598101</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9570,114 +9570,114 @@
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>547922</x:v>
+        <x:v>547921</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>547921</x:v>
+        <x:v>547922</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -9805,51 +9805,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>548061</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9924,51 +9924,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598068</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10269,54 +10269,54 @@
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>598100</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10385,54 +10385,54 @@
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>598067</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10442,51 +10442,51 @@
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>548062</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
@@ -10733,51 +10733,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>575439</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11257,51 +11257,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>613828</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -11777,51 +11777,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>575521</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11848,441 +11848,441 @@
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>570959</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>532197</x:v>
+        <x:v>610107</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>610107</x:v>
+        <x:v>604488</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>604488</x:v>
+        <x:v>571681</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>571681</x:v>
+        <x:v>575522</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>575522</x:v>
+        <x:v>604424</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>604424</x:v>
+        <x:v>571687</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>571687</x:v>
+        <x:v>532197</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12309,159 +12309,159 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>571679</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>570960</x:v>
+        <x:v>532196</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>532196</x:v>
+        <x:v>570960</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -12649,51 +12649,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>613802</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12881,51 +12881,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>579161</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -13229,51 +13229,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>579299</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -13688,51 +13688,51 @@
       <x:c r="K211" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>579936</x:v>
+        <x:v>614736</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G212" s="14" t="s">
         <x:v>146</x:v>
@@ -13805,283 +13805,283 @@
       <x:c r="K213" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>614736</x:v>
+        <x:v>579936</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>532270</x:v>
+        <x:v>570903</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>525861</x:v>
+        <x:v>532270</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>532269</x:v>
+        <x:v>525922</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>553928</x:v>
+        <x:v>571587</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
@@ -14093,117 +14093,117 @@
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>572817</x:v>
+        <x:v>532198</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>570903</x:v>
+        <x:v>532199</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -14212,346 +14212,346 @@
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>553947</x:v>
+        <x:v>572831</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>525922</x:v>
+        <x:v>553928</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>571587</x:v>
+        <x:v>572817</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>532198</x:v>
+        <x:v>553947</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>532199</x:v>
+        <x:v>525861</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>572831</x:v>
+        <x:v>532269</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>241</x:v>
@@ -14736,51 +14736,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>597751</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
@@ -14795,51 +14795,51 @@
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>610023</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -15092,51 +15092,51 @@
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>580719</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>25</x:v>
@@ -15457,51 +15457,51 @@
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>597740</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -15538,78 +15538,78 @@
       <x:c r="S242" s="14" t="n">
         <x:v>583861</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>605741</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
@@ -15671,51 +15671,51 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>604198</x:v>
       </x:c>
@@ -15762,232 +15762,232 @@
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>580701</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>580702</x:v>
+        <x:v>602861</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>602860</x:v>
+        <x:v>591828</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>602861</x:v>
+        <x:v>580703</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>25</x:v>
@@ -15998,117 +15998,117 @@
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>591828</x:v>
+        <x:v>580702</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>580703</x:v>
+        <x:v>602860</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>