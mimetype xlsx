--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -6057,436 +6057,435 @@
         <x:v>604032</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>548222</x:v>
+        <x:v>524093</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-        <x:v>153</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>524093</x:v>
+        <x:v>548358</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>548358</x:v>
+        <x:v>503676</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>503676</x:v>
+        <x:v>603188</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>603188</x:v>
+        <x:v>503337</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>503337</x:v>
+        <x:v>548326</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>548326</x:v>
+        <x:v>548222</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -10656,87 +10655,84 @@
       <x:c r="S154" s="14" t="n">
         <x:v>608160</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>607799</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>160</x:v>
@@ -10751,173 +10747,175 @@
       <x:c r="K156" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>605952</x:v>
+        <x:v>494768</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>494768</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>547561</x:v>
+        <x:v>607799</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>217</x:v>
       </x:c>