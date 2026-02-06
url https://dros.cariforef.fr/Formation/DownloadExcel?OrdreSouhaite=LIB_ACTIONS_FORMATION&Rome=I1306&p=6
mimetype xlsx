--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -224,95 +224,95 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Ampère</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
@@ -368,71 +368,71 @@
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers du froid et des énergies renouvelables</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ch Privat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Froid commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
-    <x:t>Froid commercial</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Ch Privat</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>LP de Sorgues</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Raynaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers du froid et des énergies renouvelables (Apprentissage)</x:t>
@@ -473,92 +473,92 @@
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP installateur, dépanneur en froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>BP monteur en installations du génie climatique et sanitaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AOCDTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
     <x:t>Installation sanitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France - Antenne Marseille - CFA Régional des Compagnons du Devoir Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
@@ -572,65 +572,65 @@
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
@@ -638,128 +638,128 @@
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Azur Enerj Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Galliéni</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel Léon Chiris</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>CAP IFCA - Installateur en froid et conditionnement de l'air</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP installateur en froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
@@ -929,77 +929,77 @@
   <x:si>
     <x:t>10/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monteur-dépanneur en climatisation</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparer l'habilitation gaz (Habiligaz® délivré par la FEDENE) - ENC055</x:t>
   </x:si>
   <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préqualification aux métiers du froid (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Régulation climatisation</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>S'approprier la réglementation des Équipements Sous Pression (DESP 2014/68/UE et arrêté ministériel du 20 novembre 2017) - APR005</x:t>
   </x:si>
   <x:si>
     <x:t>Appareil pression</x:t>
@@ -1085,65 +1085,65 @@
   <x:si>
     <x:t>Titre professionnel monteur dépanneur en climatisation (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur dépanneur en climatisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur dépanneur en climatisation (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -1175,54 +1175,54 @@
   <x:si>
     <x:t>05/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance CVC (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance CVC (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'intervention en froid commercial et climatisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'intervention en froid commercial et climatisation (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>03/24/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TP - Technicien de maintenance CVC</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2119,51 +2119,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>596313</x:v>
+        <x:v>596319</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -2173,51 +2173,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>596315</x:v>
+        <x:v>596313</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
@@ -2230,51 +2230,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>596316</x:v>
+        <x:v>596315</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -2284,51 +2284,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>596318</x:v>
+        <x:v>596316</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -2341,51 +2341,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>596319</x:v>
+        <x:v>596318</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -3284,66 +3284,66 @@
       <x:c r="H28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>605753</x:v>
+        <x:v>500924</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -3405,114 +3405,114 @@
       <x:c r="H30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>500924</x:v>
+        <x:v>605753</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596274</x:v>
+        <x:v>596270</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
@@ -3525,51 +3525,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596270</x:v>
+        <x:v>596274</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -3602,193 +3602,193 @@
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>596266</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>596268</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>596269</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>596271</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -4115,389 +4115,388 @@
       <x:c r="S42" s="14" t="n">
         <x:v>609537</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>509160</x:v>
+        <x:v>603177</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>503219</x:v>
+        <x:v>509160</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>501066</x:v>
+        <x:v>603182</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>556833</x:v>
+        <x:v>503219</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>603182</x:v>
+        <x:v>501066</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>603177</x:v>
+        <x:v>556833</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -4807,175 +4806,176 @@
       <x:c r="K54" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>550204</x:v>
+        <x:v>501064</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>448981</x:v>
+        <x:v>550204</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>501064</x:v>
+        <x:v>448981</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38635</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -5297,365 +5297,366 @@
       <x:c r="S62" s="14" t="n">
         <x:v>503114</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603261</x:v>
+        <x:v>524093</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>503502</x:v>
+        <x:v>548222</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>548222</x:v>
+        <x:v>603261</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>524093</x:v>
+        <x:v>503502</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>548326</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>503127</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -5668,60 +5669,60 @@
       <x:c r="E69" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>603954</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5729,51 +5730,51 @@
       <x:c r="G70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>604712</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -5786,51 +5787,51 @@
       <x:c r="E71" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>503337</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -5847,51 +5848,51 @@
       <x:c r="G72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>552790</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -5904,51 +5905,51 @@
       <x:c r="E73" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>603326</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5963,108 +5964,108 @@
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>503676</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>603124</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -6079,51 +6080,51 @@
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>603189</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -6139,51 +6140,51 @@
       <x:c r="G77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>502279</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -6198,51 +6199,51 @@
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>548263</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -6255,51 +6256,51 @@
       <x:c r="E79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>548403</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6314,51 +6315,51 @@
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>603188</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -6371,51 +6372,51 @@
       <x:c r="E81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>503592</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -6430,51 +6431,51 @@
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>604032</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
@@ -6487,51 +6488,51 @@
       <x:c r="E83" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>548358</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6639,716 +6640,716 @@
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>609811</x:v>
+        <x:v>564392</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>542497</x:v>
+        <x:v>564393</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>564391</x:v>
+        <x:v>542497</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>564392</x:v>
+        <x:v>564391</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>564393</x:v>
+        <x:v>609811</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>543630</x:v>
+        <x:v>493578</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>493578</x:v>
+        <x:v>543630</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="U92" s="16" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>543631</x:v>
+        <x:v>564400</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>564400</x:v>
+        <x:v>543631</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>493579</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>564399</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>609815</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
@@ -7822,334 +7823,333 @@
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>515472</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>543669</x:v>
+        <x:v>519401</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>550634</x:v>
+        <x:v>543669</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>564384</x:v>
+        <x:v>550634</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>564373</x:v>
+        <x:v>564384</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>564380</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
@@ -8164,981 +8164,983 @@
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>564380</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>606235</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>519401</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>564379</x:v>
+        <x:v>564376</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>564383</x:v>
+        <x:v>515472</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>564385</x:v>
+        <x:v>564379</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>564375</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>564376</x:v>
+        <x:v>564383</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>595918</x:v>
+        <x:v>595919</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>595920</x:v>
+        <x:v>595918</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>595919</x:v>
+        <x:v>595920</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>512439</x:v>
+        <x:v>602822</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>500998</x:v>
+        <x:v>600747</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>602822</x:v>
+        <x:v>547560</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>600747</x:v>
+        <x:v>512439</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>547560</x:v>
+        <x:v>500998</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>494841</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -9170,431 +9172,432 @@
         <x:v>564868</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>602329</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>544883</x:v>
+        <x:v>605938</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>547703</x:v>
+        <x:v>611234</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>605938</x:v>
+        <x:v>547703</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>611234</x:v>
+        <x:v>544883</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>595933</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>595932</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -9644,51 +9647,51 @@
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -9698,151 +9701,151 @@
       <x:c r="S138" s="14" t="n">
         <x:v>611241</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>600755</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>494842</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9883,87 +9886,87 @@
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>547704</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -9996,368 +9999,371 @@
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>605697</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>595936</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>595935</x:v>
+        <x:v>595934</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>595934</x:v>
+        <x:v>595935</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>494768</x:v>
+        <x:v>608160</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>556362</x:v>
+        <x:v>611277</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>556360</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
@@ -10377,290 +10383,282 @@
       <x:c r="J150" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>608160</x:v>
+        <x:v>556362</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>611277</x:v>
+        <x:v>494768</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>511024</x:v>
+        <x:v>547561</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>556735</x:v>
+        <x:v>605952</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>517673</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
@@ -10673,54 +10671,54 @@
       <x:c r="H155" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>607799</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -10767,149 +10765,154 @@
       <x:c r="S156" s="14" t="n">
         <x:v>556364</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>547561</x:v>
+        <x:v>556735</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>605952</x:v>
+        <x:v>511024</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -11055,193 +11058,193 @@
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>591290</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>595395</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>595397</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>595393</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -11277,82 +11280,82 @@
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>595394</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595396</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -11397,82 +11400,82 @@
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>583885</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>595392</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -11601,57 +11604,57 @@
       <x:c r="G171" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>603269</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -11660,57 +11663,57 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>503699</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12069,57 +12072,57 @@
       <x:c r="G179" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>603270</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12128,57 +12131,57 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>548229</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12303,292 +12306,292 @@
       <x:c r="G183" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>603133</x:v>
+        <x:v>548204</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>548204</x:v>
+        <x:v>548412</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>548412</x:v>
+        <x:v>548228</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>548228</x:v>
+        <x:v>603197</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38560</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>22624</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>603197</x:v>
+        <x:v>603133</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>243</x:v>
@@ -12900,103 +12903,103 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>609609</x:v>
+        <x:v>609608</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>609608</x:v>
+        <x:v>609609</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
@@ -13093,148 +13096,148 @@
         <x:v>577390</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>600751</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>546212</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
@@ -14186,268 +14189,268 @@
       <x:c r="R216" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>572839</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>540476</x:v>
+        <x:v>575438</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>598058</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>598091</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>575438</x:v>
+        <x:v>540476</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -14516,54 +14519,54 @@
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>575520</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -14576,51 +14579,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>540477</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -14635,193 +14638,193 @@
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>539891</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>610456</x:v>
+        <x:v>610455</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>610455</x:v>
+        <x:v>610456</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>610457</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s">
         <x:v>298</x:v>
@@ -14891,51 +14894,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22633</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>610354</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
@@ -14987,51 +14990,51 @@
       <x:c r="I231" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>584712</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -15047,54 +15050,54 @@
       <x:c r="I232" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>583855</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -15119,51 +15122,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>551883</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>233</x:v>
@@ -15204,137 +15207,137 @@
       <x:c r="U234" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>565904</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38744</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22607</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>588512</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -15362,51 +15365,51 @@
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>579838</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="G238" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -15425,51 +15428,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>579837</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -15591,57 +15594,57 @@
       <x:c r="G241" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>604015</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -15773,120 +15776,120 @@
       <x:c r="H244" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>606550</x:v>
+        <x:v>606551</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>606551</x:v>
+        <x:v>606550</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>256</x:v>
@@ -15894,51 +15897,51 @@
       <x:c r="H246" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>591822</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
@@ -16020,54 +16023,54 @@
       <x:c r="I248" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>612807</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -16208,51 +16211,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>579093</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37940</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -16430,51 +16433,51 @@
       <x:c r="H255" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>606552</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
@@ -16491,51 +16494,51 @@
       <x:c r="H256" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>606553</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
@@ -16563,51 +16566,51 @@
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>606527</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38748</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>79</x:v>
@@ -16751,274 +16754,274 @@
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>548434</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>548435</x:v>
+        <x:v>606561</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>606560</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39437</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>606561</x:v>
+        <x:v>548435</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38748</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>580602</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>