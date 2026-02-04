--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -458,71 +458,71 @@
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cybersécurité, informatique et réseaux, électronique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>Ogec des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ogec des Métiers</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO SN - Systèmes numériques - Option B Audiovisuels, réseau et équipement domestiques</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
@@ -698,113 +698,113 @@
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional CFAI Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFAI PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional CFAI Provence</x:t>
-[...14 lines deleted...]
-    <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Les Iscles</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
@@ -1064,60 +1064,60 @@
   <x:si>
     <x:t>S'initier aux fondamentaux de l'électricité - ELA041</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien électricien du bâtiment communicant et connecté</x:t>
   </x:si>
   <x:si>
     <x:t>Installation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien électricien du bâtiment communicant et connecté, C1</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
   </x:si>
@@ -3658,57 +3658,57 @@
       <x:c r="I33" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>556771</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>126</x:v>
@@ -3716,172 +3716,172 @@
       <x:c r="H34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>509396</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>609476</x:v>
+        <x:v>556771</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>609460</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
@@ -3897,63 +3897,63 @@
       <x:c r="H37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>556782</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>26334</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -3969,51 +3969,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>493606</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4072,66 +4072,66 @@
       <x:c r="H40" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>455399</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4257,51 +4257,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4314,51 +4314,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>489415</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4368,51 +4368,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>494731</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4425,51 +4425,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>587887</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4479,51 +4479,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4536,51 +4536,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4646,54 +4646,54 @@
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>541903</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4760,102 +4760,102 @@
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>550631</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
@@ -4873,51 +4873,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -4927,51 +4927,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>557457</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -5040,54 +5040,54 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -5154,51 +5154,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -5229,150 +5229,149 @@
       <x:c r="R60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>585530</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>582019</x:v>
+        <x:v>585530</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6003,51 +6002,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>587889</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6282,51 +6281,51 @@
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -6342,51 +6341,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>587897</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6396,54 +6395,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>587898</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6569,54 +6568,54 @@
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -6734,587 +6733,586 @@
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>587896</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="H88" s="14" t="s"/>
+      <x:c r="H88" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>514131</x:v>
+        <x:v>500993</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>500993</x:v>
+        <x:v>602243</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q90" s="16" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="R90" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="S90" s="14" t="n">
+        <x:v>514131</x:v>
+      </x:c>
+      <x:c r="T90" s="16" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>556502</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>550267</x:v>
+        <x:v>605936</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>494811</x:v>
+        <x:v>556502</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>507323</x:v>
+        <x:v>550267</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>605695</x:v>
+        <x:v>494811</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>605936</x:v>
+        <x:v>507323</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -7409,93 +7407,93 @@
       <x:c r="S98" s="14" t="n">
         <x:v>602810</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>238</x:v>
@@ -7509,111 +7507,111 @@
       <x:c r="L100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>514132</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>106</x:v>
@@ -7630,51 +7628,51 @@
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -7690,228 +7688,228 @@
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>612718</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>500992</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -7930,98 +7928,98 @@
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
@@ -8031,66 +8029,66 @@
       <x:c r="G109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>172</x:v>
@@ -8125,272 +8123,272 @@
       <x:c r="S110" s="14" t="n">
         <x:v>602811</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>605694</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>550264</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>550254</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -8406,106 +8404,106 @@
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>558856</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>559072</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -8527,219 +8525,219 @@
       <x:c r="L117" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>602318</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
@@ -8764,54 +8762,54 @@
       <x:c r="L121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>547086</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>238</x:v>
@@ -8825,175 +8823,175 @@
       <x:c r="L122" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -9006,110 +9004,110 @@
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -9243,51 +9241,51 @@
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>552109</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>161</x:v>
@@ -9304,163 +9302,163 @@
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>547697</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>609584</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -9531,238 +9529,238 @@
       <x:c r="H134" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>550259</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>605692</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
@@ -9784,102 +9782,102 @@
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -9990,51 +9988,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>610433</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>268</x:v>
@@ -10296,51 +10294,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>610438</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>268</x:v>
@@ -10398,51 +10396,51 @@
         <x:v>268</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>591528</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>268</x:v>
@@ -10981,51 +10979,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -11038,51 +11036,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>558147</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -11098,51 +11096,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>592366</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -11152,51 +11150,51 @@
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>29796</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
@@ -11214,91 +11212,91 @@
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>580066</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>610431</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -11502,167 +11500,167 @@
       <x:c r="C170" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>569499</x:v>
+        <x:v>544534</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>544534</x:v>
+        <x:v>569499</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>575407</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -11675,51 +11673,51 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>519820</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -11734,51 +11732,51 @@
       <x:c r="C174" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>519869</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -11791,51 +11789,51 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>575489</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -11850,163 +11848,163 @@
       <x:c r="C176" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>571599</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>544549</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>586068</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -12014,51 +12012,51 @@
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>585770</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -12096,51 +12094,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -12156,54 +12154,54 @@
       <x:c r="L181" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -13091,54 +13089,54 @@
       <x:c r="L197" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>556909</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>39</x:v>