--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -839,71 +839,71 @@
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Formateur , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Patricia Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Femme , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université thérapies comportementales et cognitives 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Psychothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
@@ -1238,65 +1238,65 @@
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback  et approche complémentaires</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/31/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback et Mentorat</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours de psychopraticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PARCOURS THERAPIE DE COUPLE ET SEXOTHERAPIE EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
@@ -1679,54 +1679,54 @@
   <x:si>
     <x:t>Psychopraticien EFPP 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>Coalix</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EPC 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Psychologie Clinique</x:t>
   </x:si>
   <x:si>
     <x:t>EPC</x:t>
   </x:si>
   <x:si>
+    <x:t>06/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PSYCHOPRATICIEN EPC 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EPC 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
@@ -5987,304 +5987,304 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>576820</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>602681</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="S71" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>576819</x:v>
+        <x:v>611194</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>602681</x:v>
+        <x:v>588287</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>611194</x:v>
+        <x:v>575746</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>588287</x:v>
+        <x:v>576819</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>248</x:v>
@@ -6504,51 +6504,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>612503</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>274</x:v>
@@ -6556,54 +6556,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>600767</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>274</x:v>
@@ -6936,142 +6936,143 @@
         <x:v>294</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>546527</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576837</x:v>
+        <x:v>546527</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>36</x:v>
@@ -7388,51 +7389,51 @@
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>615215</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
@@ -9265,192 +9266,192 @@
       <x:c r="R131" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>576854</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>576853</x:v>
+        <x:v>554950</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>554950</x:v>
+        <x:v>576849</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>576849</x:v>
+        <x:v>576853</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
@@ -9761,159 +9762,159 @@
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>583275</x:v>
+        <x:v>567207</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>555907</x:v>
+        <x:v>583275</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>567207</x:v>
+        <x:v>555907</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
@@ -11489,183 +11490,183 @@
         <x:v>251</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>598478</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>612768</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -11961,196 +11962,196 @@
       <x:c r="R183" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>411</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>598477</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
@@ -13606,51 +13607,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>563331</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -13768,51 +13769,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>563332</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
@@ -15295,51 +15296,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>562817</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15402,51 +15403,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>563338</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15564,51 +15565,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>563337</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
@@ -15721,216 +15722,216 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>598438</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>588279</x:v>
+        <x:v>598036</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>598036</x:v>
+        <x:v>605275</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>605275</x:v>
+        <x:v>588279</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
@@ -16147,51 +16148,51 @@
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>611195</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -16254,54 +16255,54 @@
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>598437</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U265" s="4" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>522</x:v>
@@ -16361,54 +16362,54 @@
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>588284</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U267" s="4" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>522</x:v>
@@ -16789,51 +16790,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>559515</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -16951,51 +16952,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>559513</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
@@ -17110,51 +17111,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>559514</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17349,133 +17350,133 @@
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>598148</x:v>
+        <x:v>574648</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>574648</x:v>
+        <x:v>598148</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
@@ -17587,216 +17588,216 @@
       <x:c r="K290" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>587757</x:v>
+        <x:v>610026</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>610026</x:v>
+        <x:v>587757</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>572202</x:v>
+        <x:v>615589</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>615589</x:v>
+        <x:v>572202</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>546</x:v>
@@ -17911,54 +17912,54 @@
       <x:c r="L296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>600768</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U296" s="16" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>36</x:v>
@@ -18018,54 +18019,54 @@
       <x:c r="L298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U298" s="16" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
@@ -18125,54 +18126,54 @@
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>588468</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U300" s="16" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
@@ -18232,54 +18233,54 @@
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>611193</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U302" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
@@ -18336,57 +18337,57 @@
       <x:c r="K304" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>611671</x:v>
+        <x:v>602687</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
@@ -18443,57 +18444,57 @@
       <x:c r="K306" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>602687</x:v>
+        <x:v>611671</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
@@ -18553,106 +18554,106 @@
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>598965</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U308" s="16" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>600764</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U309" s="4" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>555</x:v>
@@ -18660,54 +18661,54 @@
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>611196</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U310" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
@@ -18767,106 +18768,106 @@
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>613051</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U312" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>598944</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U313" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>555</x:v>
@@ -18926,54 +18927,54 @@
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>598946</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U315" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>555</x:v>
@@ -18981,106 +18982,106 @@
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>613049</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U316" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>598836</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U317" s="4" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
@@ -19913,54 +19914,54 @@
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>612060</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="U334" s="16" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
@@ -20127,106 +20128,106 @@
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>600770</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="U338" s="16" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>613517</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U339" s="4" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">