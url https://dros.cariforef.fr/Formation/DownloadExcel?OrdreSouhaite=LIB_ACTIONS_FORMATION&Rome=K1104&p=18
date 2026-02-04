--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -1238,71 +1238,71 @@
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback  et approche complémentaires</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/15/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback et Mentorat</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Parcours de psychopraticien en thérapies brèves</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PARCOURS THERAPIE DE COUPLE ET SEXOTHERAPIE EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
@@ -1325,57 +1325,57 @@
   <x:si>
     <x:t>Praticien EMDR</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Analyse Transactionnelle EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse transactionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
@@ -9761,206 +9761,206 @@
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>567207</x:v>
+        <x:v>583275</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>572372</x:v>
+        <x:v>555907</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>555907</x:v>
+        <x:v>567207</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>583275</x:v>
+        <x:v>572372</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
@@ -10178,51 +10178,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>554986</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
@@ -10233,51 +10233,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>554990</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>36</x:v>
@@ -10285,51 +10285,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>554984</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
@@ -10340,51 +10340,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554985</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
@@ -11103,159 +11103,159 @@
       <x:c r="K167" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>566057</x:v>
+        <x:v>586348</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>586348</x:v>
+        <x:v>586350</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="U168" s="16" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>586350</x:v>
+        <x:v>566057</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
@@ -11907,197 +11907,197 @@
         <x:v>243</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>572416</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>572416</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>431</x:v>
@@ -13237,54 +13237,54 @@
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>583218</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="U208" s="16" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>37</x:v>
@@ -13605,51 +13605,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>563331</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -13767,51 +13767,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>563332</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
@@ -15294,51 +15294,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>562817</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15401,51 +15401,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>563338</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15563,51 +15563,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>563337</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
@@ -15772,164 +15772,164 @@
       <x:c r="K256" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>581621</x:v>
+        <x:v>598036</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>598036</x:v>
+        <x:v>605275</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>605275</x:v>
+        <x:v>588279</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
@@ -15952,140 +15952,141 @@
       <x:c r="R259" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>606623</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>588279</x:v>
+        <x:v>535893</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>535893</x:v>
+        <x:v>581621</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>416</x:v>
@@ -16787,51 +16788,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>559515</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -16949,51 +16950,51 @@
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>559513</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
@@ -17108,51 +17109,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>559514</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -17698,51 +17699,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>572202</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>36</x:v>
@@ -18869,109 +18870,109 @@
       <x:c r="K314" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>598946</x:v>
+        <x:v>611669</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>611669</x:v>
+        <x:v>598946</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>555</x:v>