--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -653,71 +653,71 @@
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES CEDEX</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Consultant en bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Sabine Jourdois</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CD Competences</x:t>
   </x:si>
   <x:si>
     <x:t>64600</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
@@ -1286,176 +1286,176 @@
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Weno Ies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Sud Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Particulier, individuel , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2026 00:00:00</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller en insertion professionnelle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Paul Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
@@ -1523,54 +1523,54 @@
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller en insertion professionnelle (TP CIP)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
@@ -4587,148 +4587,148 @@
         <x:v>553362</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>545498</x:v>
+        <x:v>608947</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>608947</x:v>
+        <x:v>545498</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4761,149 +4761,149 @@
       <x:c r="S46" s="14" t="n">
         <x:v>600601</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>601467</x:v>
+        <x:v>608670</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>608670</x:v>
+        <x:v>601467</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -6400,75 +6400,75 @@
         <x:v>157</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>568560</x:v>
+        <x:v>552777</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6477,926 +6477,926 @@
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>546592</x:v>
+        <x:v>568560</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>552750</x:v>
+        <x:v>546592</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>559653</x:v>
+        <x:v>552750</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>590614</x:v>
+        <x:v>586050</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>590618</x:v>
+        <x:v>610041</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>586050</x:v>
+        <x:v>520489</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>610041</x:v>
+        <x:v>585752</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>520489</x:v>
+        <x:v>559653</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>585752</x:v>
+        <x:v>590614</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>552777</x:v>
+        <x:v>590618</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>552778</x:v>
+        <x:v>559654</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>566756</x:v>
+        <x:v>574345</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>566781</x:v>
+        <x:v>609875</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>559654</x:v>
+        <x:v>566756</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>574345</x:v>
+        <x:v>566781</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>609875</x:v>
+        <x:v>552778</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
@@ -11014,51 +11014,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>609480</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -11245,51 +11245,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>598714</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -11708,1684 +11708,1684 @@
       <x:c r="M168" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>583266</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>573370</x:v>
+        <x:v>581992</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U169" s="4" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
+      <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>583888</x:v>
+        <x:v>567433</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S171" s="0" t="n">
+        <x:v>573370</x:v>
+      </x:c>
+      <x:c r="T171" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="S171" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G172" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>579506</x:v>
+        <x:v>583888</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="U172" s="16" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>540563</x:v>
+        <x:v>571456</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
-      <x:c r="F174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F174" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="G174" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>581992</x:v>
+        <x:v>579506</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>363</x:v>
-[...2 lines deleted...]
-        <x:v>364</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>567433</x:v>
+        <x:v>581714</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>583267</x:v>
+        <x:v>597780</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>581714</x:v>
+        <x:v>573289</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H178" s="14" t="s"/>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s">
+        <x:v>350</x:v>
+      </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>597780</x:v>
+        <x:v>573336</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>616370</x:v>
+        <x:v>573372</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s"/>
-      <x:c r="F180" s="14" t="s"/>
+      <x:c r="E180" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F180" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="G180" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>574971</x:v>
+        <x:v>563697</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>350</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>573289</x:v>
+        <x:v>616370</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>573336</x:v>
+        <x:v>574971</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>350</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>573372</x:v>
+        <x:v>572700</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
+      <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>563697</x:v>
+        <x:v>549538</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>572700</x:v>
+        <x:v>590073</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>549538</x:v>
+        <x:v>573283</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>590073</x:v>
+        <x:v>573287</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>616645</x:v>
+        <x:v>573338</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>569943</x:v>
+        <x:v>573371</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>573283</x:v>
+        <x:v>573373</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
+      <x:c r="E191" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>573287</x:v>
+        <x:v>580152</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
-      <x:c r="F192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F192" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="G192" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>573338</x:v>
+        <x:v>612368</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>350</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>573371</x:v>
+        <x:v>569943</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>349</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>573373</x:v>
+        <x:v>583267</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>580152</x:v>
+        <x:v>616645</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
+      <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>612368</x:v>
+        <x:v>540563</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -13524,343 +13524,345 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>601376</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>153</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>610267</x:v>
+        <x:v>549793</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>547803</x:v>
+        <x:v>610267</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>363</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>549793</x:v>
+        <x:v>547803</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="U202" s="16" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>572321</x:v>
+        <x:v>546419</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>428</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>546419</x:v>
+        <x:v>572321</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -13881,89 +13883,89 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>599908</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>577608</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
@@ -14068,78 +14070,78 @@
       <x:c r="S208" s="14" t="n">
         <x:v>600048</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>610118</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
@@ -14355,89 +14357,89 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>573764</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>566847</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
@@ -14465,51 +14467,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>549791</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>364</x:v>
@@ -15625,186 +15627,186 @@
         <x:v>469</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>598520</x:v>
+        <x:v>587708</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>587708</x:v>
+        <x:v>611427</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>611427</x:v>
+        <x:v>598520</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="U238" s="16" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>470</x:v>
       </x:c>